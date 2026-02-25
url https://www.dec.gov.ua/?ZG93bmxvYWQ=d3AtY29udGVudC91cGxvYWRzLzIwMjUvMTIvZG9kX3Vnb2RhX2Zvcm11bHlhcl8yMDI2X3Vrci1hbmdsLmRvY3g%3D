--- v0 (2026-01-05)
+++ v1 (2026-02-25)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00EE5586" w:rsidRPr="000671D7" w:rsidRDefault="00EE5586">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10136" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2527"/>
         <w:gridCol w:w="2691"/>
         <w:gridCol w:w="15"/>
         <w:gridCol w:w="2348"/>
         <w:gridCol w:w="2526"/>
         <w:gridCol w:w="29"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B1252" w:rsidRPr="000671D7" w:rsidTr="002542DE">
@@ -839,75 +839,58 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidR="00730B5C" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="00575669" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-              <w:t>____”____________20</w:t>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>“____”____________20</w:t>
             </w:r>
             <w:r w:rsidR="00F95717" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00916F1F">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">                                         </w:t>
             </w:r>
           </w:p>
@@ -1124,57 +1107,65 @@
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>діє на підставі довіреності</w:t>
             </w:r>
             <w:r w:rsidR="00EE5586" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00965E1C" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="00A83B40">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00352248" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00965E1C" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00587608" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>з одного боку, та</w:t>
             </w:r>
@@ -1809,105 +1800,133 @@
             </w:r>
             <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 136 of the Tax Code of Ukraine, hereinafter referred to as </w:t>
             </w:r>
             <w:r w:rsidR="005233C9" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">the </w:t>
             </w:r>
             <w:r w:rsidR="00A2743D" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">“Performer” and represented by </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004644F0" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Svitlana </w:t>
-            </w:r>
+              <w:t>Svitlana</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004644F0" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="009021B6" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kovtun, Director, </w:t>
+              <w:t>Kovtun</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="009021B6" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Director, </w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="007A3349">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Financial, Economic and Administrative </w:t>
             </w:r>
             <w:r w:rsidR="00AD7BCE" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Work </w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Department, acting according to the Power of Attorney of</w:t>
             </w:r>
             <w:r w:rsidR="00965E1C" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00A83B40">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00352248" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00965E1C" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00A2743D" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">on the one part, </w:t>
             </w:r>
             <w:r w:rsidR="007B5202" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
@@ -1920,706 +1939,714 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00965E1C" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00F63541" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidR="00C07468" w:rsidRPr="00352248">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_____________</w:t>
+            </w:r>
+            <w:r w:rsidR="00F63541" w:rsidRPr="00352248">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>__________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A2743D" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidR="004644F0" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE5586" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidR="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>__________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0027533D" w:rsidRPr="000671D7" w:rsidRDefault="00A2743D" w:rsidP="00EE5586">
+            <w:pPr>
+              <w:pStyle w:val="12"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="009021B6" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_______________________</w:t>
+            </w:r>
+            <w:r w:rsidR="001554E3" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidR="004644F0" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidR="001554E3" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidR="009021B6" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidR="001554E3" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> hereinafter referred to as </w:t>
+            </w:r>
+            <w:r w:rsidR="005233C9" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>“Customer”</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, on behalf of which</w:t>
+            </w:r>
+            <w:r w:rsidR="001554E3" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_____________________</w:t>
+            </w:r>
+            <w:r w:rsidR="002542DE" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="00B8457B" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>__ acts on the territory of Ukraine and  represented by</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidR="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE5586" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>_____________</w:t>
+            </w:r>
+            <w:r w:rsidR="00B8457B" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>_______</w:t>
+            </w:r>
+            <w:r w:rsidR="004644F0" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidR="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>_, according to ________</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidR="00632C28" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidR="004644F0" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE5586" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>________</w:t>
+            </w:r>
+            <w:r w:rsidR="00B8457B" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, on the other part, hereinafter referred to as </w:t>
+            </w:r>
+            <w:r w:rsidR="005233C9" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="007B5202" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>“Parties”,</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4A88" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> have concluded the </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4A88" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>present Supplementary Agreement</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE4A88" w:rsidRPr="000671D7" w:rsidDel="00541BBB">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5CE6" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00F62A61" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">hereinafter </w:t>
+            </w:r>
+            <w:r w:rsidR="005233C9" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>referred to as</w:t>
+            </w:r>
+            <w:r w:rsidR="00F62A61" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005233C9" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>the “</w:t>
+            </w:r>
+            <w:r w:rsidR="008D5CE6" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Supplem</w:t>
+            </w:r>
+            <w:r w:rsidR="009B70EA" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>entary Agreement</w:t>
+            </w:r>
+            <w:r w:rsidR="005233C9" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>”</w:t>
+            </w:r>
+            <w:r w:rsidR="008D5CE6" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="008D5CE6" w:rsidRPr="000671D7" w:rsidDel="00541BBB">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008D5CE6" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE66B9" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:color w:val="222222"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contract </w:t>
+            </w:r>
+            <w:r w:rsidR="0027533D" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>No.___</w:t>
+            </w:r>
+            <w:r w:rsidR="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidR="00B8457B" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="0027533D" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>_/20</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63CF1" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00916F1F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="0027533D" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00B07EAB">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Ф</w:t>
+            </w:r>
+            <w:r w:rsidR="0027533D" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B63CF1" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve">of </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB6406" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63CF1" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63CF1" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB6406" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63CF1" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>___________20</w:t>
+            </w:r>
+            <w:r w:rsidR="00B63CF1" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00916F1F">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="008D5CE6" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (hereinafter</w:t>
+            </w:r>
+            <w:r w:rsidR="009B70EA" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005233C9" w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>ref</w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
-            <w:r w:rsidR="00F63541" w:rsidRPr="00352248">
-[...51 lines deleted...]
-              <w:jc w:val="both"/>
+            <w:r w:rsidR="005233C9" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-            </w:pPr>
-[...593 lines deleted...]
-              <w:t>referred to as</w:t>
+              <w:t>erred to as</w:t>
             </w:r>
             <w:r w:rsidR="009B70EA" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> the </w:t>
             </w:r>
             <w:r w:rsidR="005233C9" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="00EE66B9" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:color w:val="222222"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FDFDFD"/>
               </w:rPr>
               <w:t>Contract</w:t>
@@ -3790,69 +3817,51 @@
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00B07EAB">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Ф</w:t>
             </w:r>
             <w:r w:rsidR="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                                </w:t>
             </w:r>
             <w:r w:rsidR="00CE3429" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of “__</w:t>
-[...17 lines deleted...]
-              <w:t>_________</w:t>
+              <w:t xml:space="preserve"> of “___”__________</w:t>
             </w:r>
             <w:r w:rsidR="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidR="00CE3429" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00B63CF1" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
@@ -7419,223 +7428,223 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003750EC" w:rsidRPr="000671D7" w:rsidSect="00F21E9A">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="397" w:right="567" w:bottom="397" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="11" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="2" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003A4F88" w:rsidRDefault="003A4F88">
+    <w:p w:rsidR="00FC1BD9" w:rsidRDefault="00FC1BD9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003A4F88" w:rsidRDefault="003A4F88">
+    <w:p w:rsidR="00FC1BD9" w:rsidRDefault="00FC1BD9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC" w:rsidP="00073E60">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC" w:rsidP="00073E60">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00352248">
+    <w:r w:rsidR="00A83B40">
       <w:rPr>
         <w:rStyle w:val="a8"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="003A4F88" w:rsidRDefault="003A4F88">
+    <w:p w:rsidR="00FC1BD9" w:rsidRDefault="00FC1BD9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="003A4F88" w:rsidRDefault="003A4F88">
+    <w:p w:rsidR="00FC1BD9" w:rsidRDefault="00FC1BD9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026627D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="917EFDE6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12636,50 +12645,51 @@
     <w:rsid w:val="009732A5"/>
     <w:rsid w:val="0097701C"/>
     <w:rsid w:val="00982088"/>
     <w:rsid w:val="00982A29"/>
     <w:rsid w:val="00986DC8"/>
     <w:rsid w:val="00995C30"/>
     <w:rsid w:val="009A0B0D"/>
     <w:rsid w:val="009A746F"/>
     <w:rsid w:val="009B0411"/>
     <w:rsid w:val="009B644E"/>
     <w:rsid w:val="009B70EA"/>
     <w:rsid w:val="009B75E5"/>
     <w:rsid w:val="009C30F7"/>
     <w:rsid w:val="009C5A79"/>
     <w:rsid w:val="009C7DE0"/>
     <w:rsid w:val="009E0584"/>
     <w:rsid w:val="00A072C5"/>
     <w:rsid w:val="00A13DD7"/>
     <w:rsid w:val="00A15B64"/>
     <w:rsid w:val="00A2548B"/>
     <w:rsid w:val="00A2743D"/>
     <w:rsid w:val="00A35CAE"/>
     <w:rsid w:val="00A7698A"/>
     <w:rsid w:val="00A802BC"/>
     <w:rsid w:val="00A830C7"/>
+    <w:rsid w:val="00A83B40"/>
     <w:rsid w:val="00A91233"/>
     <w:rsid w:val="00AA55B6"/>
     <w:rsid w:val="00AA74A4"/>
     <w:rsid w:val="00AB4336"/>
     <w:rsid w:val="00AB5475"/>
     <w:rsid w:val="00AC411C"/>
     <w:rsid w:val="00AD7BCE"/>
     <w:rsid w:val="00AE1542"/>
     <w:rsid w:val="00AE6BF7"/>
     <w:rsid w:val="00AF4D1E"/>
     <w:rsid w:val="00B04C68"/>
     <w:rsid w:val="00B07EAB"/>
     <w:rsid w:val="00B34F22"/>
     <w:rsid w:val="00B350C6"/>
     <w:rsid w:val="00B54ECC"/>
     <w:rsid w:val="00B63006"/>
     <w:rsid w:val="00B63CF1"/>
     <w:rsid w:val="00B83836"/>
     <w:rsid w:val="00B84232"/>
     <w:rsid w:val="00B8457B"/>
     <w:rsid w:val="00B85BBF"/>
     <w:rsid w:val="00B93C0C"/>
     <w:rsid w:val="00B954A9"/>
     <w:rsid w:val="00B95B6D"/>
     <w:rsid w:val="00BA7DCB"/>
@@ -12745,79 +12755,79 @@
     <w:rsid w:val="00ED5FAA"/>
     <w:rsid w:val="00ED604E"/>
     <w:rsid w:val="00ED74EB"/>
     <w:rsid w:val="00EE0709"/>
     <w:rsid w:val="00EE3563"/>
     <w:rsid w:val="00EE5586"/>
     <w:rsid w:val="00EE66B9"/>
     <w:rsid w:val="00EF10AB"/>
     <w:rsid w:val="00EF236C"/>
     <w:rsid w:val="00EF62D5"/>
     <w:rsid w:val="00F05D88"/>
     <w:rsid w:val="00F17BAC"/>
     <w:rsid w:val="00F21E9A"/>
     <w:rsid w:val="00F368FA"/>
     <w:rsid w:val="00F36CB1"/>
     <w:rsid w:val="00F43957"/>
     <w:rsid w:val="00F507CE"/>
     <w:rsid w:val="00F62A61"/>
     <w:rsid w:val="00F63541"/>
     <w:rsid w:val="00F652A2"/>
     <w:rsid w:val="00F707B4"/>
     <w:rsid w:val="00F72D02"/>
     <w:rsid w:val="00F77F83"/>
     <w:rsid w:val="00F84D93"/>
     <w:rsid w:val="00F95717"/>
+    <w:rsid w:val="00FC1BD9"/>
     <w:rsid w:val="00FC7D6D"/>
     <w:rsid w:val="00FE3317"/>
     <w:rsid w:val="00FF4A1A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="36DBF5C5"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0233A699-9DBB-4813-B3BB-6279895B8141}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -13333,51 +13343,51 @@
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
-    <w:name w:val="Стандартный HTML Знак"/>
+    <w:name w:val="Стандартний HTML Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="HTML"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00B07EAB"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="y2iqfc">
     <w:name w:val="y2iqfc"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00B07EAB"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="107430106">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
@@ -13997,51 +14007,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{48CD247F-7BF9-407F-8341-503B8CCF58CE}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8EE1F889-C9A6-4A3A-85F9-6C876F84E717}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>1135</Words>
   <Characters>6471</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>53</Lines>
   <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>