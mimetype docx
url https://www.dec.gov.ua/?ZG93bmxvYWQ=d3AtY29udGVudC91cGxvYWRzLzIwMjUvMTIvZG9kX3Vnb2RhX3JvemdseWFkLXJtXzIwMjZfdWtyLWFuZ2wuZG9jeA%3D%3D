--- v0 (2025-12-25)
+++ v1 (2026-02-25)
@@ -2,59 +2,61 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00EE5586" w:rsidRPr="000671D7" w:rsidRDefault="00EE5586">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10136" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2527"/>
         <w:gridCol w:w="2691"/>
         <w:gridCol w:w="15"/>
         <w:gridCol w:w="2348"/>
         <w:gridCol w:w="2526"/>
         <w:gridCol w:w="29"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B1252" w:rsidRPr="000671D7" w:rsidTr="002542DE">
         <w:trPr>
           <w:trHeight w:val="718"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5233" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -838,75 +840,58 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidR="00730B5C" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="00575669" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...23 lines deleted...]
-              <w:t>____”____________20</w:t>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000671D7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>“____”____________20</w:t>
             </w:r>
             <w:r w:rsidR="00F95717" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00406265">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">                                         </w:t>
             </w:r>
           </w:p>
@@ -1123,57 +1108,65 @@
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>діє на підставі довіреності</w:t>
             </w:r>
             <w:r w:rsidR="00EE5586" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A54977" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="00BD19AC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00336BCC" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00587608" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>з одного боку, та</w:t>
             </w:r>
             <w:r w:rsidR="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1832,92 +1825,98 @@
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Department, </w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">acting according to the Power of Attorney of </w:t>
             </w:r>
             <w:r w:rsidR="00A54977" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="00BD19AC">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00336BCC" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00A54977" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00A2743D" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">on the one part, </w:t>
             </w:r>
             <w:r w:rsidR="007B5202" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidR="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> __________</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00A54977" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>________</w:t>
             </w:r>
             <w:r w:rsidR="00EA626A" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00A54977" w:rsidRPr="00336BCC">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00ED76CA" w:rsidRPr="00336BCC">
@@ -3771,69 +3770,51 @@
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="009A746F" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Р</w:t>
             </w:r>
             <w:r w:rsidR="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                                </w:t>
             </w:r>
             <w:r w:rsidR="00CE3429" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> of “__</w:t>
-[...17 lines deleted...]
-              <w:t>_________</w:t>
+              <w:t xml:space="preserve"> of “___”__________</w:t>
             </w:r>
             <w:r w:rsidR="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidR="00CE3429" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00B63CF1" w:rsidRPr="000671D7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
@@ -7348,216 +7329,216 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003750EC" w:rsidRPr="000671D7" w:rsidSect="00F21E9A">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="397" w:right="567" w:bottom="397" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="11" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="2" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00426816" w:rsidRDefault="00426816">
+    <w:p w:rsidR="002840D8" w:rsidRDefault="002840D8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00426816" w:rsidRDefault="00426816">
+    <w:p w:rsidR="002840D8" w:rsidRDefault="002840D8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="80"/>
-    <w:family w:val="swiss"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC" w:rsidP="00073E60">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC" w:rsidP="00073E60">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00336BCC">
+    <w:r w:rsidR="00BD19AC">
       <w:rPr>
         <w:rStyle w:val="a8"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00426816" w:rsidRDefault="00426816">
+    <w:p w:rsidR="002840D8" w:rsidRDefault="002840D8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00426816" w:rsidRDefault="00426816">
+    <w:p w:rsidR="002840D8" w:rsidRDefault="002840D8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026627D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="917EFDE6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12348,50 +12329,51 @@
     <w:rsid w:val="001A2C58"/>
     <w:rsid w:val="001A6034"/>
     <w:rsid w:val="001B515B"/>
     <w:rsid w:val="001C6760"/>
     <w:rsid w:val="001D42E2"/>
     <w:rsid w:val="001E287C"/>
     <w:rsid w:val="001E4B9A"/>
     <w:rsid w:val="001F4BD5"/>
     <w:rsid w:val="00215DA3"/>
     <w:rsid w:val="0022327B"/>
     <w:rsid w:val="002268EE"/>
     <w:rsid w:val="002305E4"/>
     <w:rsid w:val="0024696C"/>
     <w:rsid w:val="00247051"/>
     <w:rsid w:val="002542DE"/>
     <w:rsid w:val="00256F30"/>
     <w:rsid w:val="00262AA2"/>
     <w:rsid w:val="00264622"/>
     <w:rsid w:val="002662B5"/>
     <w:rsid w:val="00271854"/>
     <w:rsid w:val="00273B17"/>
     <w:rsid w:val="002742AB"/>
     <w:rsid w:val="0027533D"/>
     <w:rsid w:val="002757CD"/>
     <w:rsid w:val="00281593"/>
+    <w:rsid w:val="002840D8"/>
     <w:rsid w:val="00295E27"/>
     <w:rsid w:val="002A515F"/>
     <w:rsid w:val="002A6599"/>
     <w:rsid w:val="002B1EAD"/>
     <w:rsid w:val="002C324E"/>
     <w:rsid w:val="002C4D4A"/>
     <w:rsid w:val="002D5EDB"/>
     <w:rsid w:val="002D63D3"/>
     <w:rsid w:val="002D700F"/>
     <w:rsid w:val="002E1BB7"/>
     <w:rsid w:val="002E1DDC"/>
     <w:rsid w:val="002F34D4"/>
     <w:rsid w:val="002F695F"/>
     <w:rsid w:val="00300CCC"/>
     <w:rsid w:val="00301EFD"/>
     <w:rsid w:val="00302083"/>
     <w:rsid w:val="00306BA4"/>
     <w:rsid w:val="00320BCC"/>
     <w:rsid w:val="00335704"/>
     <w:rsid w:val="00336BCC"/>
     <w:rsid w:val="003452B1"/>
     <w:rsid w:val="003453A3"/>
     <w:rsid w:val="00350842"/>
     <w:rsid w:val="003532C4"/>
     <w:rsid w:val="00354108"/>
@@ -12583,50 +12565,51 @@
     <w:rsid w:val="00AA55B6"/>
     <w:rsid w:val="00AA74A4"/>
     <w:rsid w:val="00AB4336"/>
     <w:rsid w:val="00AB5475"/>
     <w:rsid w:val="00AC411C"/>
     <w:rsid w:val="00AD7BCE"/>
     <w:rsid w:val="00AE1542"/>
     <w:rsid w:val="00AE6BF7"/>
     <w:rsid w:val="00AF4D1E"/>
     <w:rsid w:val="00B04C68"/>
     <w:rsid w:val="00B34F22"/>
     <w:rsid w:val="00B350C6"/>
     <w:rsid w:val="00B54ECC"/>
     <w:rsid w:val="00B63006"/>
     <w:rsid w:val="00B63CF1"/>
     <w:rsid w:val="00B71FDA"/>
     <w:rsid w:val="00B83836"/>
     <w:rsid w:val="00B84232"/>
     <w:rsid w:val="00B8457B"/>
     <w:rsid w:val="00B85BBF"/>
     <w:rsid w:val="00B93C0C"/>
     <w:rsid w:val="00B954A9"/>
     <w:rsid w:val="00B95B6D"/>
     <w:rsid w:val="00BA7DCB"/>
     <w:rsid w:val="00BB4F6C"/>
+    <w:rsid w:val="00BD19AC"/>
     <w:rsid w:val="00BD2E09"/>
     <w:rsid w:val="00BF11AF"/>
     <w:rsid w:val="00C000EF"/>
     <w:rsid w:val="00C0357F"/>
     <w:rsid w:val="00C03BA6"/>
     <w:rsid w:val="00C22876"/>
     <w:rsid w:val="00C63E34"/>
     <w:rsid w:val="00C63F9A"/>
     <w:rsid w:val="00C65C96"/>
     <w:rsid w:val="00C80DE3"/>
     <w:rsid w:val="00C9131F"/>
     <w:rsid w:val="00C93FE0"/>
     <w:rsid w:val="00C97A1C"/>
     <w:rsid w:val="00CA14FD"/>
     <w:rsid w:val="00CA55CC"/>
     <w:rsid w:val="00CB005D"/>
     <w:rsid w:val="00CC3B50"/>
     <w:rsid w:val="00CD23CC"/>
     <w:rsid w:val="00CD3555"/>
     <w:rsid w:val="00CE3429"/>
     <w:rsid w:val="00CE5D99"/>
     <w:rsid w:val="00CF2157"/>
     <w:rsid w:val="00CF5E3A"/>
     <w:rsid w:val="00CF6E0E"/>
     <w:rsid w:val="00D03223"/>
@@ -12694,51 +12677,50 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="255979D1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0233A699-9DBB-4813-B3BB-6279895B8141}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>