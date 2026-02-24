--- v0 (2025-12-23)
+++ v1 (2026-02-24)
@@ -7,51 +7,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="0074546C" w:rsidRPr="00200C56" w:rsidRDefault="0074546C">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="afa"/>
@@ -372,56 +372,63 @@
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00951AAD" w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">діє на підставі довіреності </w:t>
             </w:r>
             <w:r w:rsidR="005B636F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="00EE23BF">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00E1540F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="005B636F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="005B636F" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00951AAD" w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> з одного боку, та ____________</w:t>
             </w:r>
             <w:r w:rsidR="005B636F">
@@ -456,52 +463,50 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>____</w:t>
             </w:r>
             <w:r w:rsidR="007846A6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_______________</w:t>
             </w:r>
             <w:r w:rsidR="00E1540F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="007846A6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_____</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0074546C" w:rsidRPr="00200C56" w:rsidRDefault="00951AAD">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -862,51 +867,51 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> за формою, встановленою Виконавцем</w:t>
             </w:r>
             <w:r w:rsidR="00C07B29" w:rsidRPr="00070F9D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> (далі - Заявка)</w:t>
             </w:r>
             <w:r w:rsidR="00D27E5E" w:rsidRPr="00070F9D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074546C" w:rsidRPr="00E1540F" w:rsidTr="00402D01">
+      <w:tr w:rsidR="0074546C" w:rsidRPr="00EE23BF" w:rsidTr="00402D01">
         <w:trPr>
           <w:trHeight w:val="5037"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="0074546C" w:rsidRPr="00FA111B" w:rsidRDefault="00951AAD" w:rsidP="00FA111B">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="0" w:firstLineChars="0"/>
@@ -975,51 +980,62 @@
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Замовник має право в односторонньому порядку визначити платника за даним Договором, а також валюту якою буде здійснюватися розрахунки про що письмово повідомляє Виконавця.</w:t>
+              <w:t>Замовник має право в односторонньому порядку визначити платника за даним Договором, а також валюту якою буде здійснюватися розрахунк</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="00200C56">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>и про що письмово повідомляє Виконавця.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0074546C" w:rsidRPr="00200C56" w:rsidRDefault="00951AAD">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1265,51 +1281,51 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="0" w:left="2" w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Сторони домовилися, що у випадку підвищення розцінок на послуги, що надаються Виконавцем (внаслідок дій державних органів, в тому числі таких, які негативно впливають на можливість здійснення нормальної господарської діяльності в Україні та галузі, впливу індексу інфляції, а також будь-яких інших обставин), до моменту здійснення їх оплати Замовником Виконавець має право в односторонньому порядку змінити вартість послуг, що надаються відповідно до умов даного Договору, шляхом направлення скоригованого Рахунку-Специфікації на адресу Замовника.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074546C" w:rsidRPr="00E1540F">
+      <w:tr w:rsidR="0074546C" w:rsidRPr="00EE23BF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="0074546C" w:rsidRPr="00FA111B" w:rsidRDefault="00951AAD" w:rsidP="00FA111B">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="0" w:firstLineChars="0"/>
               <w:jc w:val="center"/>
@@ -1765,63 +1781,52 @@
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> у разі виконання</w:t>
             </w:r>
             <w:r w:rsidR="00A865B6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> Замовником</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> пп</w:t>
+            </w:r>
             <w:r w:rsidR="00FA111B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> а) п. 3.1 цього Договору</w:t>
             </w:r>
             <w:r w:rsidR="00951AAD" w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
@@ -2079,51 +2084,51 @@
           <w:p w:rsidR="0074546C" w:rsidRPr="00200C56" w:rsidRDefault="0074546C" w:rsidP="00A865B6">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-2" w:firstLineChars="0" w:firstLine="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074546C" w:rsidRPr="00E1540F">
+      <w:tr w:rsidR="0074546C" w:rsidRPr="00EE23BF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="0074546C" w:rsidRPr="00FA111B" w:rsidRDefault="00951AAD" w:rsidP="00FA111B">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="0" w:firstLineChars="0"/>
               <w:jc w:val="center"/>
@@ -2167,71 +2172,51 @@
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00951AAD" w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">За невиконання або неналежне виконання своїх зобов’язань, визначених </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">. а), </w:t>
+              <w:t xml:space="preserve">За невиконання або неналежне виконання своїх зобов’язань, визначених пп. а), </w:t>
             </w:r>
             <w:r w:rsidR="00D32094">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>d</w:t>
             </w:r>
             <w:r w:rsidR="00951AAD" w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>) п. 3.1 Договору, Замовником</w:t>
             </w:r>
             <w:r w:rsidR="00951AAD" w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -2363,51 +2348,51 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00951AAD" w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>У випадках, не передбачених даним Договором, Сторони несуть відповідальність передбачену чинним законодавством України.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074546C" w:rsidRPr="00E1540F">
+      <w:tr w:rsidR="0074546C" w:rsidRPr="00EE23BF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="0074546C" w:rsidRPr="00FA111B" w:rsidRDefault="00951AAD" w:rsidP="00FA111B">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="0" w:firstLineChars="0"/>
@@ -3134,51 +3119,51 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">7.3. </w:t>
             </w:r>
             <w:r w:rsidR="00951AAD" w:rsidRPr="00200C56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Дострокове розірвання договору можливе лише у випадках, передбачених чинним законодавством України, або за взаємною згодою Сторін</w:t>
             </w:r>
             <w:r w:rsidR="00951AAD" w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0074546C" w:rsidRPr="00E1540F">
+      <w:tr w:rsidR="0074546C" w:rsidRPr="00EE23BF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9638" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w:rsidR="0074546C" w:rsidRPr="00FA111B" w:rsidRDefault="00951AAD" w:rsidP="00FA111B">
             <w:pPr>
               <w:pStyle w:val="a5"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:leftChars="0" w:firstLineChars="0"/>
               <w:jc w:val="center"/>
@@ -3690,71 +3675,51 @@
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00951AAD" w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">Жодна із Сторін не буде нести відповідальність за повне або часткове невиконання зобов'язань за цим Договором, якщо невиконання </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> внаслідок втручання з боку правоохоронних органів, у тому числі органів прокуратури, Служби безпеки України, Національної поліції України, Національного антикорупційного бюро України, інших утворених відповідно до законодавства органів, які здійснюють правоохоронні функції (надалі «Правоохоронні органи»), щодо вилучення будь-яких оригіналів документів або будь-яких заборон, що виникли після укладення цього Договору, які унеможливлюють виконання Сторонами своїх зобов'язань за цим Договором.</w:t>
+              <w:t>Жодна із Сторін не буде нести відповідальність за повне або часткове невиконання зобов'язань за цим Договором, якщо невиконання виникло внаслідок втручання з боку правоохоронних органів, у тому числі органів прокуратури, Служби безпеки України, Національної поліції України, Національного антикорупційного бюро України, інших утворених відповідно до законодавства органів, які здійснюють правоохоронні функції (надалі «Правоохоронні органи»), щодо вилучення будь-яких оригіналів документів або будь-яких заборон, що виникли після укладення цього Договору, які унеможливлюють виконання Сторонами своїх зобов'язань за цим Договором.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0074546C" w:rsidRPr="00200C56" w:rsidRDefault="00FA111B">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4851,71 +4816,51 @@
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">вул. Антона </w:t>
-[...19 lines deleted...]
-              <w:t>, 14</w:t>
+              <w:t>вул. Антона Цедіка, 14</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0074546C" w:rsidRPr="00200C56" w:rsidRDefault="0074546C">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0074546C" w:rsidRPr="00200C56" w:rsidRDefault="00951AAD">
             <w:pPr>
               <w:pBdr>
@@ -4929,71 +4874,51 @@
               <w:ind w:left="0" w:hanging="2"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00200C56">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Адреса для листування: </w:t>
             </w:r>
             <w:r w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">вул. Антона </w:t>
-[...19 lines deleted...]
-              <w:t>, 14,</w:t>
+              <w:t>вул. Антона Цедіка, 14,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0074546C" w:rsidRPr="00200C56" w:rsidRDefault="00951AAD">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:hanging="2"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -6065,125 +5990,125 @@
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0074546C" w:rsidRPr="00200C56">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="426" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0085505E" w:rsidRDefault="0085505E">
+    <w:p w:rsidR="00BD375D" w:rsidRDefault="00BD375D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0085505E" w:rsidRDefault="0085505E">
+    <w:p w:rsidR="00BD375D" w:rsidRDefault="00BD375D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="0074546C" w:rsidRDefault="00951AAD">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:hanging="2"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
@@ -6218,189 +6143,189 @@
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:hanging="2"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="0074546C" w:rsidRDefault="0074546C">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:hanging="2"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="0074546C" w:rsidRDefault="0074546C">
     <w:pPr>
       <w:ind w:left="0" w:hanging="2"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0085505E" w:rsidRDefault="0085505E">
+    <w:p w:rsidR="00BD375D" w:rsidRDefault="00BD375D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0085505E" w:rsidRDefault="0085505E">
+    <w:p w:rsidR="00BD375D" w:rsidRDefault="00BD375D">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:hanging="2"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00585DA9" w:rsidRDefault="00585DA9">
     <w:pPr>
       <w:pStyle w:val="aff2"/>
       <w:ind w:left="0" w:hanging="2"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="0074546C" w:rsidRPr="00585DA9" w:rsidRDefault="00951AAD">
     <w:pPr>
       <w:ind w:left="0" w:hanging="2"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00585DA9">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00585DA9">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r w:rsidRPr="00585DA9">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E1540F">
+    <w:r w:rsidR="00EE23BF">
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00585DA9">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="0074546C" w:rsidRDefault="0074546C">
     <w:pPr>
       <w:ind w:left="0" w:hanging="2"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="116E6124"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B914D9CC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="357"/>
       </w:pPr>
       <w:rPr>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7299,51 +7224,50 @@
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0074546C"/>
     <w:rsid w:val="00027B10"/>
     <w:rsid w:val="00070F9D"/>
     <w:rsid w:val="000E45DC"/>
     <w:rsid w:val="00165A09"/>
     <w:rsid w:val="001A6B91"/>
     <w:rsid w:val="00200C56"/>
@@ -7354,89 +7278,90 @@
     <w:rsid w:val="004B05D3"/>
     <w:rsid w:val="00582D3B"/>
     <w:rsid w:val="00585DA9"/>
     <w:rsid w:val="00593F53"/>
     <w:rsid w:val="005B636F"/>
     <w:rsid w:val="0063664F"/>
     <w:rsid w:val="0074546C"/>
     <w:rsid w:val="007846A6"/>
     <w:rsid w:val="008038E0"/>
     <w:rsid w:val="0085191C"/>
     <w:rsid w:val="0085505E"/>
     <w:rsid w:val="008F0D1A"/>
     <w:rsid w:val="00917714"/>
     <w:rsid w:val="00940920"/>
     <w:rsid w:val="00951AAD"/>
     <w:rsid w:val="009F3AB9"/>
     <w:rsid w:val="00A10937"/>
     <w:rsid w:val="00A73F2B"/>
     <w:rsid w:val="00A7746A"/>
     <w:rsid w:val="00A865B6"/>
     <w:rsid w:val="00AB672C"/>
     <w:rsid w:val="00AC4844"/>
     <w:rsid w:val="00BA5541"/>
     <w:rsid w:val="00BA75EC"/>
     <w:rsid w:val="00BD050C"/>
+    <w:rsid w:val="00BD375D"/>
     <w:rsid w:val="00BD3A66"/>
     <w:rsid w:val="00C06F08"/>
     <w:rsid w:val="00C07B29"/>
     <w:rsid w:val="00D27E5E"/>
     <w:rsid w:val="00D32094"/>
     <w:rsid w:val="00D47922"/>
     <w:rsid w:val="00DD7989"/>
     <w:rsid w:val="00E1540F"/>
     <w:rsid w:val="00E17D8E"/>
     <w:rsid w:val="00E67C3B"/>
+    <w:rsid w:val="00EE23BF"/>
     <w:rsid w:val="00F05DCC"/>
     <w:rsid w:val="00F104E3"/>
     <w:rsid w:val="00F43458"/>
     <w:rsid w:val="00FA111B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7D648D19"/>
   <w15:docId w15:val="{8ED65BE3-A6DB-45CD-8714-2087256AA5CD}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="uk-UA" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:hanging="1"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8530,51 +8455,51 @@
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="100" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="100" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aff2">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="aff3"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00585DA9"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4844"/>
         <w:tab w:val="right" w:pos="9689"/>
       </w:tabs>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="aff3">
-    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:name w:val="Верхній колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="aff2"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00585DA9"/>
     <w:rPr>
       <w:position w:val="-1"/>
       <w:lang w:val="en-GB"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>