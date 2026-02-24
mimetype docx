--- v0 (2025-12-23)
+++ v1 (2026-02-24)
@@ -24,112 +24,110 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10107" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5218"/>
         <w:gridCol w:w="4889"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008864B5" w:rsidRPr="0014138F" w:rsidRDefault="000B7543" w:rsidP="008864B5">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="0014138F">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДОГОВІР №________/202</w:t>
             </w:r>
             <w:r w:rsidR="00C52783">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="008864B5" w:rsidRPr="0014138F">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="00FE1B53" w:rsidRPr="0014138F">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>М</w:t>
             </w:r>
             <w:r w:rsidR="005B457B" w:rsidRPr="0014138F">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B1252" w:rsidRPr="00505AC4" w:rsidRDefault="008B1252" w:rsidP="008864B5">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="blue"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00E06548" w:rsidRPr="0014138F" w:rsidRDefault="00E06548" w:rsidP="00E06548">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:firstLine="284"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
@@ -212,51 +210,51 @@
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>П</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B1252" w:rsidRPr="00505AC4" w:rsidRDefault="008B1252">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="0014138F" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008864B5" w:rsidRPr="0014138F" w:rsidRDefault="008864B5" w:rsidP="008864B5">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0014138F">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>м. Київ</w:t>
             </w:r>
             <w:r w:rsidR="00D742E3" w:rsidRPr="0014138F">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="0014138F">
               <w:rPr>
@@ -433,51 +431,51 @@
               <w:t xml:space="preserve">                                         </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B1252" w:rsidRPr="006E505C" w:rsidRDefault="008B1252">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:trPr>
           <w:trHeight w:val="3490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00505AC4" w:rsidRPr="00E33FA8" w:rsidRDefault="00FE1B53" w:rsidP="007F7001">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidR="00832425" w:rsidRPr="00823872">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДЕРЖАВНЕ ПІДПРИЄМСТВО «ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»,</w:t>
             </w:r>
             <w:r w:rsidR="00832425" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -582,56 +580,63 @@
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r w:rsidR="00D72532" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D72532" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">діє на підставі довіреності </w:t>
             </w:r>
             <w:r w:rsidR="00993B68">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="008B1E47">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="006C18F4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00832425" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00EB69E3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                 </w:t>
             </w:r>
             <w:r w:rsidR="00E33FA8" w:rsidRPr="00C2048C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>з одного боку, та</w:t>
             </w:r>
             <w:r w:rsidR="00993B68">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -706,127 +711,127 @@
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>іменований далі «Замовник», від імені якого __________________________________________________діє на території України, в особі _____________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00505AC4" w:rsidRPr="00E33FA8" w:rsidRDefault="00505AC4" w:rsidP="00505AC4">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_________________________________________________, на підставі _______________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A830C7" w:rsidRPr="00E33FA8" w:rsidRDefault="00505AC4" w:rsidP="00505AC4">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">_________________________________________________, з іншого боку, іменовані надалі «Сторони», </w:t>
             </w:r>
             <w:r w:rsidR="00F07DE1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                        уклали</w:t>
             </w:r>
             <w:r w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> даний Договір про наступне:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00820627" w:rsidRDefault="006E505C" w:rsidP="00505AC4">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C52783" w:rsidRDefault="00C52783" w:rsidP="00505AC4">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C52783" w:rsidRDefault="00C52783" w:rsidP="00505AC4">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C52783" w:rsidRPr="006E505C" w:rsidRDefault="00C52783" w:rsidP="00505AC4">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00F44589" w:rsidRDefault="00FE1B53" w:rsidP="00F44589">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:suppressAutoHyphens/>
@@ -895,55 +900,61 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>tun, Director</w:t>
             </w:r>
             <w:r w:rsidR="005B457B" w:rsidRPr="007A03E1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, Financial, Economic and Administrative Work Board, acting according to the Power of Attorney of </w:t>
             </w:r>
             <w:r w:rsidR="00993B68">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="008B1E47">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="006C18F4">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00993B68">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00993B68" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005B457B" w:rsidRPr="007A03E1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>on the one part, and ____________________________________________________________</w:t>
             </w:r>
             <w:r w:rsidR="005B457B">
               <w:rPr>
@@ -1035,77 +1046,77 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>______________________________________________</w:t>
             </w:r>
             <w:r w:rsidR="005B457B" w:rsidRPr="007A03E1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>, on the other part, hereinafter referred to as the “Parties”, have concluded the present Contract as follows:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00897418" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00820627" w:rsidRDefault="00820627" w:rsidP="003E7CE3">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> предмет договору</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F44589" w:rsidRPr="006E505C" w:rsidRDefault="00F44589" w:rsidP="00F44589">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00505AC4" w:rsidRDefault="003A1D0C" w:rsidP="00E24888">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1187,93 +1198,103 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                   </w:t>
             </w:r>
             <w:r w:rsidRPr="00917714">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>порівняння (компаратора)) з</w:t>
             </w:r>
             <w:r w:rsidRPr="00585DA9">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> підготовки досьє для проведення державної оцінки медичних технологій (далі – Послуги), а Замовник зобов’язується прийняти та оплатити надану послугу на умовах даного Договору.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B1252" w:rsidRDefault="00F44589" w:rsidP="006B3F1C">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00070F9D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Послуги надаються відповідно до вимог</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                           </w:t>
             </w:r>
             <w:r w:rsidRPr="00070F9D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> чинного законодавства</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve"> України</w:t>
+              <w:t xml:space="preserve"> Украї</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>ни</w:t>
             </w:r>
             <w:r w:rsidRPr="00070F9D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> та на</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                                               </w:t>
             </w:r>
             <w:r w:rsidRPr="00070F9D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> підставі заявки Замовника за формою, </w:t>
             </w:r>
@@ -1290,95 +1311,95 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">встановленою Виконавцем (далі - </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                                   </w:t>
             </w:r>
             <w:r w:rsidRPr="00070F9D">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Заявка).</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F44589" w:rsidRDefault="00F44589" w:rsidP="00F44589">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C52783" w:rsidRDefault="00C52783" w:rsidP="00F44589">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C52783" w:rsidRDefault="00C52783" w:rsidP="00F44589">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C52783" w:rsidRDefault="00C52783" w:rsidP="00F44589">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00C52783" w:rsidRPr="006E505C" w:rsidRDefault="00C52783" w:rsidP="00F44589">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00F44589" w:rsidRPr="007A03E1" w:rsidRDefault="00C4698D" w:rsidP="00F44589">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="280"/>
@@ -1512,81 +1533,81 @@
               </w:rPr>
               <w:t xml:space="preserve"> referred to as Request).</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B1252" w:rsidRPr="006E505C" w:rsidRDefault="008B1252" w:rsidP="00CD026F">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003A042A" w:rsidRDefault="00820627" w:rsidP="006B3F1C">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1364"/>
                 <w:tab w:val="num" w:pos="539"/>
               </w:tabs>
               <w:ind w:left="539" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Вартість ПОСЛУГ ТА ПОРЯДОК РОЗРАХУНКІВ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F44589" w:rsidRPr="006E505C" w:rsidRDefault="00F44589" w:rsidP="00F44589">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:left="1004"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRPr="00505AC4" w:rsidRDefault="004F4CE0" w:rsidP="006B3F1C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -2025,76 +2046,76 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>аявки/</w:t>
             </w:r>
             <w:r w:rsidR="0014138F">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                  </w:t>
             </w:r>
             <w:r w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Заявок. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009C30F7" w:rsidRPr="0014138F" w:rsidRDefault="00F44589" w:rsidP="006B3F1C">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Сторони домовилися, що у випадку підвищення розцінок на послуги, що надаються Виконавцем (внаслідок дій державних органів, в тому числі таких, які негативно впливають на можливість здійснення нормальної господарської діяльності в Україні та галузі, впливу індексу інфляції, а також будь-яких інших обставин), до моменту здійснення їх оплати Замовником Виконавець має право в односторонньому порядку змінити вартість послуг, що надаються відповідно до умов даного Договору, шляхом направлення скоригованого Рахунку-Специфікації на адресу Замовника.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0014138F" w:rsidRPr="005234D2" w:rsidRDefault="0014138F" w:rsidP="0014138F">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00F44589" w:rsidRPr="007A03E1" w:rsidRDefault="00F44589" w:rsidP="00F44589">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
@@ -2601,77 +2622,77 @@
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                                        </w:t>
             </w:r>
             <w:r w:rsidRPr="007A03E1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>of inflation index, as well as any other circumstances) prices for services provided by the Performer prior to their payment by the Customer, the Performer has a right to change unilaterally the cost of services provided under the present Contract by sending the revised Invoice-Specification to the Customer’s address.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRDefault="008F608B" w:rsidP="006B3F1C">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Обов`язки сторін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0014138F" w:rsidRPr="005234D2" w:rsidRDefault="0014138F" w:rsidP="0014138F">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRPr="00505AC4" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="Normal2"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
@@ -4001,77 +4022,77 @@
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRPr="005234D2" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00897418" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRDefault="00B3334D" w:rsidP="006B3F1C">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Відповідальність  сторін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005234D2" w:rsidRPr="006E505C" w:rsidRDefault="005234D2" w:rsidP="005234D2">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRPr="00505AC4" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5722,82 +5743,82 @@
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                           </w:t>
             </w:r>
             <w:r w:rsidRPr="00810388">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>Parties has a right to refuse the fulfilment of obligations under this Contract and so none of the Parties has a right to reimbursement of possible losses by other Party.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA2A9A" w:rsidRPr="00C4698D" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRDefault="00DA2A9A" w:rsidP="006B3F1C">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1364"/>
                 <w:tab w:val="num" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="540" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Строк дії договору</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BC56B0" w:rsidRPr="006E505C" w:rsidRDefault="00BC56B0" w:rsidP="00BC56B0">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="540"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -5936,51 +5957,51 @@
             <w:r w:rsidR="00C52783">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA111B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> року, але в будь-якому випадку до повного виконання Сторонами своїх зобов’язань за цим Договором</w:t>
             </w:r>
             <w:r w:rsidRPr="00FA111B">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E505C" w:rsidRPr="00C52783" w:rsidRDefault="00BC56B0" w:rsidP="00C52783">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00200C56">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Дострокове розірвання договору можливе лише у випадках, передбачених чинним законодавством України, або за взаємною згодою Сторін</w:t>
             </w:r>
             <w:r w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
@@ -6094,51 +6115,51 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00C52783" w:rsidRDefault="00DA2A9A" w:rsidP="00191F48">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA2A9A" w:rsidRPr="00C4698D" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00BC56B0" w:rsidRPr="00C52783" w:rsidRDefault="00DA2A9A" w:rsidP="00C52783">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>інші умови</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -7409,51 +7430,51 @@
               <w:t>8.13. All annexes to the Contract, drawn up in writing and signed by the Parties, are integral parts of this Contract and are mandatory for execution and compliance by the Parties.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00BC56B0" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA2A9A" w:rsidRPr="00C4698D" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00CC742D" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">9.    порядок </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ВИРІШЕННЯ СПОРІВ</w:t>
@@ -7594,51 +7615,51 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="319"/>
               </w:tabs>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:textDirection w:val="btLr"/>
               <w:textAlignment w:val="top"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001208D1">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Спірні питання, з яких Сторони не дійшли згоди шляхом переговорів, розв'язуються в судовому порядку у відповідності до чинного законодавства України.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0017546B" w:rsidRPr="006E505C" w:rsidRDefault="0017546B" w:rsidP="001208D1">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="001208D1" w:rsidRPr="001208D1" w:rsidRDefault="001208D1" w:rsidP="001208D1">
             <w:pPr>
               <w:ind w:left="279" w:hanging="279"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -7688,76 +7709,76 @@
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="001208D1" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA2A9A" w:rsidRPr="001208D1" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRDefault="00DA2A9A" w:rsidP="006B3F1C">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Обробка персональних даних</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="006E505C" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="001208D1" w:rsidRDefault="00DA2A9A" w:rsidP="006B3F1C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="9"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
@@ -7812,107 +7833,104 @@
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="001208D1" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA2A9A" w:rsidRPr="00894178" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRDefault="001208D1" w:rsidP="001208D1">
             <w:pPr>
-              <w:pStyle w:val="a9"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="255"/>
               </w:tabs>
               <w:ind w:left="340" w:hanging="340"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">10.1. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00200C56">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Уповноважені представники Сторін, підписавши цей Договір, надають згоду на обробку їх персональних даних та/або передачу їх третім особам для цілей, пов’язаних з виконанням умов цього Договору, а також підтверджують, що попереджені про свої права, визначені Законом України «Про захист персональних даних», мету збору даних. Сторони вправі здійснювати обробку персональних даних як самостійно, так і доручивши розпоряднику бази персональних даних.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001208D1" w:rsidRDefault="001208D1" w:rsidP="001208D1">
             <w:pPr>
-              <w:pStyle w:val="a9"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="255"/>
               </w:tabs>
               <w:ind w:left="340" w:hanging="340"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="006E505C" w:rsidRPr="006E505C" w:rsidRDefault="006E505C" w:rsidP="001208D1">
             <w:pPr>
-              <w:pStyle w:val="a9"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="255"/>
               </w:tabs>
               <w:ind w:left="340" w:hanging="340"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00894178" w:rsidRDefault="001208D1" w:rsidP="001208D1">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
@@ -8294,51 +8312,51 @@
               <w:ind w:left="421" w:hanging="421"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E505C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>11.3. The Parties have agreed that violation of the obligations specified above by one of the Parties may be regarded as a substantial breach of the Contract, which gives the other Party the right to terminate the Contract early by sending a written notice justifying and providing unquestionable evidence of a breach of anti-corruption legislation.  The Parties shall undertake not to claim compensation for damages caused by such termination of the Contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00894178" w:rsidRPr="00894178" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="006E505C" w:rsidRDefault="00993B68" w:rsidP="006B3F1C">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="19"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>ЮРИДИЧНІ АДРЕСИ</w:t>
             </w:r>
             <w:r w:rsidR="00894178" w:rsidRPr="0073466D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
@@ -8347,51 +8365,51 @@
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> ТА РЕКВІЗИТИ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidR="00894178" w:rsidRPr="0073466D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>СТОРІН</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E505C" w:rsidRPr="003E7CE3" w:rsidRDefault="006E505C" w:rsidP="006E505C">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="003E7CE3" w:rsidRDefault="00894178" w:rsidP="00993B68">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="13"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
@@ -8431,189 +8449,189 @@
       <w:tr w:rsidR="00B103B0" w:rsidRPr="00DE0D11" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="4962" w:type="dxa"/>
               <w:tblInd w:w="105" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2493"/>
               <w:gridCol w:w="2469"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidTr="0011231D">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2493" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Виконавець:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="003E7CE3" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="4"/>
                       <w:szCs w:val="4"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="00832425" w:rsidRPr="00904843" w:rsidRDefault="00832425" w:rsidP="00832425">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00904843">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">ДЕРЖАВНЕ ПІДПРИЄМСТВО </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00832425" w:rsidRPr="00904843" w:rsidRDefault="00832425" w:rsidP="00832425">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00904843">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>«ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="00C92F43" w:rsidRDefault="00993B68" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Юридична адреса</w:t>
                   </w:r>
                   <w:r w:rsidR="00B103B0" w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">: </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="00C92F43" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>030</w:t>
                   </w:r>
-                  <w:r w:rsidRPr="00C92F43">
-[...3 lines deleted...]
-                      <w:lang w:val="en-US"/>
+                  <w:r w:rsidRPr="008B1E47">
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="18"/>
+                      <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t>57</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>, Україна, м.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Київ, </w:t>
                   </w:r>
@@ -8628,51 +8646,51 @@
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>вул.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Антона Цедіка, 14</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="00C92F43" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="005A7487" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
                     <w:pStyle w:val="10"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
@@ -8688,51 +8706,51 @@
                     <w:t xml:space="preserve">Адреса для листування: </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="005A7487" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
                     <w:pStyle w:val="10"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="005A7487">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>вул. Антона Цедіка, 14,</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="005A7487" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="005A7487">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>м.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="005A7487">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="005A7487">
@@ -8962,90 +8980,90 @@
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B548B1">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>ІПН</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B548B1">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> 200157926550</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="003E7CE3" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="BodyText2"/>
+                    <w:pStyle w:val="210"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="4"/>
                       <w:szCs w:val="4"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2469" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>ЗАМОВНИК:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="003E7CE3" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="4"/>
                       <w:szCs w:val="4"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
                     <w:pStyle w:val="a4"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -9194,160 +9212,160 @@
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
                     <w:pStyle w:val="a4"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Адреса для листування:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>___________________________________________________________________________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Банківські реквізити:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>_________________________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>_________________________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>___________________________________________________________________________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>_________________________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="002E12BA" w:rsidRDefault="00B103B0" w:rsidP="00175D26">
                   <w:pPr>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B548B1">
                     <w:rPr>
@@ -9364,51 +9382,50 @@
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>__________________________________________________</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00B103B0" w:rsidRPr="0098668C" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
-              <w:pStyle w:val="a9"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="340" w:hanging="340"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="4684" w:type="dxa"/>
               <w:tblInd w:w="132" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -10637,51 +10654,51 @@
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00B103B0" w:rsidRPr="00505AC4" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B103B0" w:rsidRPr="00E33FA8" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B103B0" w:rsidRPr="00E33FA8" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B103B0" w:rsidRPr="00E33FA8" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -11006,51 +11023,51 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Svitlana</w:t>
             </w:r>
             <w:r w:rsidRPr="003E7CE3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="003E7CE3">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>KOVTUN</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B103B0" w:rsidRPr="003E7CE3" w:rsidRDefault="00832425" w:rsidP="00383A03">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:ind w:left="110"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003E7CE3">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B103B0" w:rsidRPr="003E7CE3">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>«_____»____________________ 202</w:t>
             </w:r>
             <w:r w:rsidR="00383A03">
               <w:rPr>
                 <w:bCs/>
                 <w:szCs w:val="18"/>
@@ -11281,51 +11298,51 @@
               <w:rPr>
                 <w:caps/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00383A03">
               <w:rPr>
                 <w:caps/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00894178" w:rsidRPr="00AA42C5" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="00AA42C5" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:ind w:left="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="00AA42C5" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -11342,58 +11359,58 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003750EC" w:rsidRPr="00BD0A0D" w:rsidSect="00135BF3">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="899" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="9" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00603D00" w:rsidRDefault="00603D00">
+    <w:p w:rsidR="00746157" w:rsidRDefault="00746157">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00603D00" w:rsidRDefault="00603D00">
+    <w:p w:rsidR="00746157" w:rsidRDefault="00746157">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -11464,84 +11481,84 @@
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="003A25F0">
+    <w:r w:rsidR="008B1E47">
       <w:rPr>
         <w:rStyle w:val="a9"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00AD4CF9" w:rsidRDefault="00AD4CF9" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00603D00" w:rsidRDefault="00603D00">
+    <w:p w:rsidR="00746157" w:rsidRDefault="00746157">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00603D00" w:rsidRDefault="00603D00">
+    <w:p w:rsidR="00746157" w:rsidRDefault="00746157">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026627D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E814F044"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -14140,50 +14157,51 @@
     <w:rsid w:val="006A6763"/>
     <w:rsid w:val="006B3957"/>
     <w:rsid w:val="006B3F1C"/>
     <w:rsid w:val="006C1537"/>
     <w:rsid w:val="006C18F4"/>
     <w:rsid w:val="006C25DC"/>
     <w:rsid w:val="006C3A73"/>
     <w:rsid w:val="006C6183"/>
     <w:rsid w:val="006C7F9B"/>
     <w:rsid w:val="006D08D1"/>
     <w:rsid w:val="006D2341"/>
     <w:rsid w:val="006D643E"/>
     <w:rsid w:val="006D64FA"/>
     <w:rsid w:val="006E1576"/>
     <w:rsid w:val="006E505C"/>
     <w:rsid w:val="006F6AB8"/>
     <w:rsid w:val="007010C4"/>
     <w:rsid w:val="00703BE7"/>
     <w:rsid w:val="0070646E"/>
     <w:rsid w:val="00707A93"/>
     <w:rsid w:val="0072017B"/>
     <w:rsid w:val="0073029C"/>
     <w:rsid w:val="007330E9"/>
     <w:rsid w:val="00733837"/>
     <w:rsid w:val="00741E7E"/>
+    <w:rsid w:val="00746157"/>
     <w:rsid w:val="0074632E"/>
     <w:rsid w:val="00756EB9"/>
     <w:rsid w:val="0075790D"/>
     <w:rsid w:val="007615C6"/>
     <w:rsid w:val="00767344"/>
     <w:rsid w:val="00773707"/>
     <w:rsid w:val="007753AB"/>
     <w:rsid w:val="007773D7"/>
     <w:rsid w:val="007776AA"/>
     <w:rsid w:val="00790568"/>
     <w:rsid w:val="00790899"/>
     <w:rsid w:val="0079294C"/>
     <w:rsid w:val="007A004B"/>
     <w:rsid w:val="007A046C"/>
     <w:rsid w:val="007A3102"/>
     <w:rsid w:val="007A33E0"/>
     <w:rsid w:val="007A42AE"/>
     <w:rsid w:val="007A530A"/>
     <w:rsid w:val="007A5509"/>
     <w:rsid w:val="007B1D1E"/>
     <w:rsid w:val="007B5522"/>
     <w:rsid w:val="007B7220"/>
     <w:rsid w:val="007C2A07"/>
     <w:rsid w:val="007C6846"/>
     <w:rsid w:val="007D07B2"/>
@@ -14200,50 +14218,51 @@
     <w:rsid w:val="008175AC"/>
     <w:rsid w:val="00820627"/>
     <w:rsid w:val="00824C5E"/>
     <w:rsid w:val="00824FD3"/>
     <w:rsid w:val="008252D3"/>
     <w:rsid w:val="008255B8"/>
     <w:rsid w:val="00832425"/>
     <w:rsid w:val="00843FA5"/>
     <w:rsid w:val="00844888"/>
     <w:rsid w:val="00854146"/>
     <w:rsid w:val="00856F43"/>
     <w:rsid w:val="00863564"/>
     <w:rsid w:val="00865115"/>
     <w:rsid w:val="0087035B"/>
     <w:rsid w:val="008864B5"/>
     <w:rsid w:val="008864DE"/>
     <w:rsid w:val="008872A0"/>
     <w:rsid w:val="0089026E"/>
     <w:rsid w:val="00892C1C"/>
     <w:rsid w:val="00894178"/>
     <w:rsid w:val="00897418"/>
     <w:rsid w:val="008A0892"/>
     <w:rsid w:val="008A7FCE"/>
     <w:rsid w:val="008B1252"/>
     <w:rsid w:val="008B1595"/>
+    <w:rsid w:val="008B1E47"/>
     <w:rsid w:val="008B3F0A"/>
     <w:rsid w:val="008B4B51"/>
     <w:rsid w:val="008B4D40"/>
     <w:rsid w:val="008B5061"/>
     <w:rsid w:val="008C1325"/>
     <w:rsid w:val="008C771D"/>
     <w:rsid w:val="008D6E98"/>
     <w:rsid w:val="008F17A1"/>
     <w:rsid w:val="008F32D6"/>
     <w:rsid w:val="008F5390"/>
     <w:rsid w:val="008F608B"/>
     <w:rsid w:val="008F618B"/>
     <w:rsid w:val="00900317"/>
     <w:rsid w:val="0091235A"/>
     <w:rsid w:val="00915E33"/>
     <w:rsid w:val="00920822"/>
     <w:rsid w:val="009209A6"/>
     <w:rsid w:val="00927122"/>
     <w:rsid w:val="00931591"/>
     <w:rsid w:val="009345B3"/>
     <w:rsid w:val="00935173"/>
     <w:rsid w:val="00935C14"/>
     <w:rsid w:val="0094154E"/>
     <w:rsid w:val="00941E39"/>
     <w:rsid w:val="00947FFE"/>
@@ -14473,90 +14492,134 @@
     <w:rsid w:val="00FD738B"/>
     <w:rsid w:val="00FE19BB"/>
     <w:rsid w:val="00FE1B53"/>
     <w:rsid w:val="00FE2FEC"/>
     <w:rsid w:val="00FE7D40"/>
     <w:rsid w:val="00FF0918"/>
     <w:rsid w:val="00FF64B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{05D731D8-8927-4B30-B12C-55411D8C0E4D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -14754,68 +14817,74 @@
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal1"/>
     <w:next w:val="Normal1"/>
     <w:qFormat/>
     <w:rsid w:val="008B1252"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="008B1252"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="008B1252"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal3">
@@ -14909,102 +14978,102 @@
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="10"/>
     <w:rsid w:val="007A5509"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="009E2EBD"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="00F03BA6"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00B101F1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal4">
     <w:name w:val="Normal4"/>
     <w:rsid w:val="003154A9"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст у виносці Знак"/>
     <w:link w:val="a4"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD2401"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхній колонтитул Знак"/>
     <w:link w:val="a6"/>
     <w:rsid w:val="008F608B"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText2">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Основний текст 21"/>
+    <w:basedOn w:val="11"/>
     <w:rsid w:val="0098668C"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00F44589"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:u w:val="single"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:qFormat/>
     <w:rsid w:val="00BC56B0"/>
@@ -15150,51 +15219,50 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2143189253">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -15428,51 +15496,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2F766BC3-7581-4551-97B1-F32C9215DD8D}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E1598DFC-7F9E-4C36-8662-D1AF8A811FCD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>5226</Words>
   <Characters>29792</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>248</Lines>
   <Paragraphs>69</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>