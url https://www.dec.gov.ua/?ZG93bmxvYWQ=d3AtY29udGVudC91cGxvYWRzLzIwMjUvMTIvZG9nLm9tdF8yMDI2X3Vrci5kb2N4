--- v0 (2025-12-28)
+++ v1 (2026-02-25)
@@ -410,56 +410,63 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006E12DD" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>діє на підставі</w:t>
             </w:r>
             <w:r w:rsidR="006E12DD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> довіреності </w:t>
             </w:r>
             <w:r w:rsidR="00992A5B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="007A41CD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00BA0F1C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00293F8D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00222AC0" w:rsidRPr="00B04247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">з одного боку, та </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -5245,61 +5252,61 @@
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Спірні питання, з яких Сторони не дійшли згоди шляхом переговорів, розв'язуються</w:t>
             </w:r>
             <w:r w:rsidR="00D67AEF" w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> в судовому порядку</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> у відповідності до чинного законодавства України.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00960226" w:rsidRPr="006D3935" w:rsidRDefault="00960226" w:rsidP="00EC1A79">
+          <w:p w:rsidR="00960226" w:rsidRPr="007A41CD" w:rsidRDefault="00960226" w:rsidP="00EC1A79">
             <w:pPr>
               <w:pStyle w:val="21"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EC1A79" w:rsidRPr="00EC1A79" w:rsidTr="0074748D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="004339B4" w:rsidRDefault="00EC1A79" w:rsidP="007E1B0E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="31"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -5803,51 +5810,51 @@
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ЗАМОВНИК:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B12BDD" w:rsidRPr="00EC1A79" w:rsidTr="007200E0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="004C63E4" w:rsidRPr="00CC742D" w:rsidRDefault="004C63E4" w:rsidP="004C63E4">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДЕРЖАВНЕ ПІДПРИЄМСТВО</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -7259,58 +7266,58 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F13EDA" w:rsidRPr="00F13EDA" w:rsidSect="007E78CF">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="567" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00570777" w:rsidRDefault="00570777">
+    <w:p w:rsidR="007140A8" w:rsidRDefault="007140A8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00570777" w:rsidRDefault="00570777">
+    <w:p w:rsidR="007140A8" w:rsidRDefault="007140A8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -7380,83 +7387,83 @@
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E31874">
+    <w:r w:rsidR="007A41CD">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00CC477B" w:rsidRDefault="00CC477B">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00570777" w:rsidRDefault="00570777">
+    <w:p w:rsidR="007140A8" w:rsidRDefault="007140A8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00570777" w:rsidRDefault="00570777">
+    <w:p w:rsidR="007140A8" w:rsidRDefault="007140A8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="009218C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CF6C872"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="1.1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -12450,68 +12457,70 @@
     <w:rsid w:val="005B7AFE"/>
     <w:rsid w:val="005C5910"/>
     <w:rsid w:val="005D7553"/>
     <w:rsid w:val="005E0318"/>
     <w:rsid w:val="005E42BB"/>
     <w:rsid w:val="005E52D8"/>
     <w:rsid w:val="00617B5D"/>
     <w:rsid w:val="00623669"/>
     <w:rsid w:val="006313CB"/>
     <w:rsid w:val="00632BCF"/>
     <w:rsid w:val="00662BA6"/>
     <w:rsid w:val="00665578"/>
     <w:rsid w:val="006812DB"/>
     <w:rsid w:val="00684F7E"/>
     <w:rsid w:val="00693480"/>
     <w:rsid w:val="006A1222"/>
     <w:rsid w:val="006B0D62"/>
     <w:rsid w:val="006B4028"/>
     <w:rsid w:val="006C52E7"/>
     <w:rsid w:val="006D0859"/>
     <w:rsid w:val="006D3935"/>
     <w:rsid w:val="006E12DD"/>
     <w:rsid w:val="006E7D0A"/>
     <w:rsid w:val="00707E55"/>
     <w:rsid w:val="007121DE"/>
+    <w:rsid w:val="007140A8"/>
     <w:rsid w:val="007200E0"/>
     <w:rsid w:val="00723E88"/>
     <w:rsid w:val="007306B1"/>
     <w:rsid w:val="00731C85"/>
     <w:rsid w:val="00735908"/>
     <w:rsid w:val="0074082D"/>
     <w:rsid w:val="00743DEF"/>
     <w:rsid w:val="0074748D"/>
     <w:rsid w:val="00747EC7"/>
     <w:rsid w:val="007518DA"/>
     <w:rsid w:val="00754ED2"/>
     <w:rsid w:val="007572F7"/>
     <w:rsid w:val="007611AA"/>
     <w:rsid w:val="007831C3"/>
     <w:rsid w:val="007833C5"/>
     <w:rsid w:val="00785825"/>
     <w:rsid w:val="007941A9"/>
     <w:rsid w:val="00797D25"/>
+    <w:rsid w:val="007A41CD"/>
     <w:rsid w:val="007A47C6"/>
     <w:rsid w:val="007B50D6"/>
     <w:rsid w:val="007B71A1"/>
     <w:rsid w:val="007D2C1E"/>
     <w:rsid w:val="007D6C7A"/>
     <w:rsid w:val="007E1B0E"/>
     <w:rsid w:val="007E78CF"/>
     <w:rsid w:val="007F00B2"/>
     <w:rsid w:val="0080632B"/>
     <w:rsid w:val="008133A7"/>
     <w:rsid w:val="00832336"/>
     <w:rsid w:val="00850C8D"/>
     <w:rsid w:val="00861E10"/>
     <w:rsid w:val="0087392A"/>
     <w:rsid w:val="0087535F"/>
     <w:rsid w:val="00877B26"/>
     <w:rsid w:val="00880C17"/>
     <w:rsid w:val="008961C7"/>
     <w:rsid w:val="008B3566"/>
     <w:rsid w:val="008B3F52"/>
     <w:rsid w:val="008B7834"/>
     <w:rsid w:val="008D1B27"/>
     <w:rsid w:val="008E6513"/>
     <w:rsid w:val="008F4363"/>
     <w:rsid w:val="009050A2"/>
@@ -12704,51 +12713,51 @@
     <w:rsid w:val="00FC6B7C"/>
     <w:rsid w:val="00FC73BB"/>
     <w:rsid w:val="00FD00E5"/>
     <w:rsid w:val="00FD11FF"/>
     <w:rsid w:val="00FD2811"/>
     <w:rsid w:val="00FD295A"/>
     <w:rsid w:val="00FD6DF4"/>
     <w:rsid w:val="00FF3542"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0240967A-53CC-42D6-95E5-290D9D43832E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
@@ -13330,52 +13339,52 @@
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="ab"/>
     <w:next w:val="ab"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007D6C7A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ae">
     <w:name w:val="Тема примітки Знак"/>
     <w:link w:val="ad"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007D6C7A"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="004C63E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="118500928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -13677,51 +13686,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C9359FA-8BB6-43A8-B1DD-20FB9272C1F5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD55DD2F-4F53-444F-B548-9529727FA279}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>2392</Words>
   <Characters>13640</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>113</Lines>
   <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>