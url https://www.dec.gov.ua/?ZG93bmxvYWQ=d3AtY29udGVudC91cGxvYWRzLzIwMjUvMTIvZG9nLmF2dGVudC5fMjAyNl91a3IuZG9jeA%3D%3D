--- v0 (2025-12-31)
+++ v1 (2026-02-25)
@@ -7,51 +7,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00285984" w:rsidRPr="00467919" w:rsidRDefault="00285984" w:rsidP="00C0423C">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="008A1379">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ДОГОВІР №</w:t>
       </w:r>
       <w:r w:rsidR="00E328DD" w:rsidRPr="008A1379">
         <w:rPr>
           <w:b/>
           <w:caps/>
@@ -86,73 +86,73 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00270010" w:rsidRPr="008A1379">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00467919">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>АВ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="008A1379" w:rsidRDefault="00285984" w:rsidP="00285984">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003A6BF3" w:rsidRPr="008A1379" w:rsidRDefault="003A6BF3" w:rsidP="00285984">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="008A1379" w:rsidRDefault="00574723" w:rsidP="005F482E">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A1379">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">м. Київ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
@@ -301,62 +301,62 @@
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="008A1379">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="001C3923" w:rsidRPr="008A1379">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="008A1379">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="008A1379" w:rsidRDefault="00285984" w:rsidP="00EC3433">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006F37B1" w:rsidRDefault="00BC6B08" w:rsidP="006F37B1">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00823872">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ДЕРЖАВНЕ ПІДПРИЄМСТВО</w:t>
       </w:r>
       <w:r w:rsidR="006B5F9C" w:rsidRPr="00823872">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00CD1562" w:rsidRPr="00823872">
         <w:rPr>
@@ -502,91 +502,63 @@
         </w:rPr>
         <w:t>, яка</w:t>
       </w:r>
       <w:r w:rsidR="00805657" w:rsidRPr="00D060AB">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00805657" w:rsidRPr="00D060AB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>д</w:t>
       </w:r>
       <w:r w:rsidR="00D5313A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">іє на підставі довіреності від </w:t>
       </w:r>
+      <w:r w:rsidR="006D61DD">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>11.02.2026 №20</w:t>
+      </w:r>
       <w:r w:rsidR="00567AB0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>18</w:t>
-[...34 lines deleted...]
-        <w:t>39/Д/С</w:t>
+        <w:t>/Д/С</w:t>
       </w:r>
       <w:r w:rsidR="00494898" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E57CFD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00494898" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>з одного боку</w:t>
       </w:r>
       <w:r w:rsidR="00D556CD" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -652,51 +624,51 @@
       </w:r>
       <w:r w:rsidR="008A7659" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00805657">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="006F37B1">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRDefault="00285984" w:rsidP="00E328DD">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>________</w:t>
       </w:r>
       <w:r w:rsidR="00C0423C" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>_________</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -984,121 +956,121 @@
       </w:r>
       <w:r w:rsidR="00952935" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>»</w:t>
       </w:r>
       <w:r w:rsidR="001575A5" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>, уклали даний Договір про наступне</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B72663" w:rsidRPr="00CC742D" w:rsidRDefault="00B72663" w:rsidP="00E328DD">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CA0AB0" w:rsidRDefault="00285984" w:rsidP="00285984">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00E83787" w:rsidP="00285984">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>предмет договору</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CA0AB0" w:rsidRDefault="00285984" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00452795" w:rsidP="00452795">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Виконавець зобов’язується за дорученням За</w:t>
       </w:r>
       <w:r w:rsidR="00211497" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
@@ -1247,51 +1219,51 @@
       </w:r>
       <w:r w:rsidR="00C348D5" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ні послуги</w:t>
       </w:r>
       <w:r w:rsidR="00A16BE0">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> з проведення експертизи</w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> на умовах даного Договору.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001575A5" w:rsidRPr="00CC742D" w:rsidRDefault="00285984" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Усі </w:t>
       </w:r>
       <w:r w:rsidR="00C348D5" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
@@ -1313,140 +1285,140 @@
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>надаю</w:t>
       </w:r>
       <w:r w:rsidR="006F3E29" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ться</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> відповідно до вимог, встановлених  чинним законодавством України.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00335F63" w:rsidRDefault="00335F63" w:rsidP="00335F63">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FF1E89" w:rsidRPr="00CA0AB0" w:rsidRDefault="00FF1E89" w:rsidP="00335F63">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00285984" w:rsidP="00285984">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Вартість </w:t>
       </w:r>
       <w:r w:rsidR="00C348D5" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ПОСЛУГ</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> ТА ПОРЯДОК РОЗРАХУНКІВ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CA0AB0" w:rsidRDefault="00285984" w:rsidP="00285984">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CA0AB0" w:rsidRPr="00CA0AB0" w:rsidRDefault="00285984" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Вартість </w:t>
       </w:r>
       <w:r w:rsidR="00C348D5" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
@@ -1557,85 +1529,85 @@
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>х днів не надасть відповідних заперечень.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00CA0AB0" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006965A6">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Замовник має право в односторонньому порядку визначити платника за даним Договором, про що письмово повідомляє Виконавця відповідно до чинного законодавства України</w:t>
       </w:r>
       <w:r w:rsidRPr="00CA0AB0">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00CA0AB0" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF1E89">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">У </w:t>
       </w:r>
       <w:r w:rsidRPr="006965A6">
         <w:rPr>
@@ -1668,51 +1640,51 @@
       </w:r>
       <w:r w:rsidR="00FF1E89">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="006965A6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> та зазначається платник</w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00285984" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Загальна вартість Договору визначається як сума вартості </w:t>
       </w:r>
       <w:r w:rsidR="00C348D5" w:rsidRPr="00CC742D">
         <w:rPr>
@@ -1759,51 +1731,51 @@
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">кладених відповідно до умов даного Договору протягом </w:t>
       </w:r>
       <w:r w:rsidR="00FB54CA" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">терміну </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>його дії.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00285984" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Усі ви</w:t>
       </w:r>
       <w:r w:rsidR="00FB54CA" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
@@ -1833,51 +1805,51 @@
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B257F5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>зазна</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>чених у Рахунках-Специфікаціях, покладаються на Замовника, який оплачує їх згідно з виставленими Виконавцем Рахунками - Специфікаціями.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003E77D1" w:rsidRPr="00CC742D" w:rsidRDefault="003E77D1" w:rsidP="003E77D1">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Послуги за цим Договором надаються </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
@@ -1907,51 +1879,51 @@
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>и здійснення</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> 100% попередньої оплати Замовником вартості послуг</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, зазначених у Рахунках-Специфікаціях. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00C91D65" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidR="003A5417">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -2010,730 +1982,730 @@
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">(внаслідок дій державних органів, в тому числі таких, які негативно впливають на можливість здійснення нормальної господарської діяльності в Україні та галузі, впливу індексу інфляції, а також будь-яких інших обставин), до моменту здійснення їх оплати Замовником Виконавець має право в односторонньому порядку змінити вартість </w:t>
       </w:r>
       <w:r w:rsidR="00C348D5" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>послуг</w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> шляхом направлення скоригованого Рахунку-Специфікації на адресу Замовника.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRDefault="00285984" w:rsidP="00285984">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003A5417" w:rsidRPr="00CA0AB0" w:rsidRDefault="003A5417" w:rsidP="00285984">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="003A0168" w:rsidP="003A0168">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Обов`язки сторін</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CA0AB0" w:rsidRDefault="00285984" w:rsidP="00285984">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00285984" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>Замовник зобов`язується:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00285984" w:rsidP="001575A5">
-      <w:pPr>
-[...279 lines deleted...]
-    <w:p w:rsidR="00B04C49" w:rsidRPr="00EC1A79" w:rsidRDefault="00B04C49" w:rsidP="00B04C49">
       <w:pPr>
         <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="clear" w:pos="644"/>
-          <w:tab w:val="num" w:pos="0"/>
+          <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC1A79">
-[...130 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сплатити вартість </w:t>
+      </w:r>
+      <w:r w:rsidR="00C348D5" w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>послуг</w:t>
+      </w:r>
+      <w:r w:rsidR="003A0168">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з експертизи щодо автентичності</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> протягом 3 (тр</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2056">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ьох</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="003A0168">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>робоч</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">их днів від дати оформлення </w:t>
+      </w:r>
+      <w:r w:rsidR="00960673" w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Виконавцем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>Рахунку-Специфікації;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B04C49" w:rsidRPr="00CC742D" w:rsidRDefault="00B04C49" w:rsidP="001575A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00285984" w:rsidRDefault="00285984" w:rsidP="001575A5">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC1A79">
-[...29 lines deleted...]
-      <w:r w:rsidRPr="00EC1A79" w:rsidDel="00C30FEA">
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">протягом </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2056">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="0054108D" w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2056">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>п’яти</w:t>
+      </w:r>
+      <w:r w:rsidR="0054108D" w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="009D41BA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> календарн</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2056">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>их</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дн</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE2056">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> з дати отримання </w:t>
+      </w:r>
+      <w:r w:rsidR="00960673" w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кта </w:t>
+      </w:r>
+      <w:r w:rsidR="00C348D5" w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>наданих послуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> направити на адресу Виконавця один екземпляр такого акта, оформл</w:t>
+      </w:r>
+      <w:r w:rsidR="00C348D5" w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>ений належним чином (підписаний та скріплений</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> печаткою)</w:t>
+      </w:r>
+      <w:r w:rsidR="003A5417">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> або обґрунтовані пояснення відмови від його підписання. У разі неотримання Виконавцем у зазначений термін</w:t>
+      </w:r>
+      <w:r w:rsidR="00570220">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> підписаного Акта наданих послуг або мотивованої відмови від прийняття послуг</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, такий акт вважається погодженим, </w:t>
+      </w:r>
+      <w:r w:rsidR="00960673" w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC1A79">
-[...6 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00C348D5" w:rsidRPr="00CC742D">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">послуги </w:t>
+      </w:r>
+      <w:r w:rsidR="00570220">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>прийнятими Замовником</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00285984" w:rsidP="001575A5">
-[...1 lines deleted...]
-        <w:pStyle w:val="Normal"/>
+    <w:p w:rsidR="00B04C49" w:rsidRPr="00EC1A79" w:rsidRDefault="00B04C49" w:rsidP="00B04C49">
+      <w:pPr>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="1080"/>
+          <w:tab w:val="clear" w:pos="644"/>
+          <w:tab w:val="num" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>призначити відповідальну особу та повідомити Ви</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>конавця про призначення з його С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">торони даної особи </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">відповідальної </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>за безпосереднє здійснення взаємодії Замовника з Виконавцем, а також – за розголошення, недобросовісне комерційне та інше неправомірне використання інформації, отриманої внаслідок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> виконання цього Договору та</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доступу до</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> системи візуалізації</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на офіційному </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>web</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>-сайті Виконавця</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (зазначивши ПІБ, посаду уповноваженої особи, адресу електронної пошти, контактний телефон та нада</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>вши</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> довіреність, підписану </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> керівником</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Замовника або уповноваженою ним особою)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>, у тому числі, електронних ключів (логін/пароль) доступу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B04C49" w:rsidRPr="00CC742D" w:rsidRDefault="00B04C49" w:rsidP="001575A5">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">у разі зміни </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">особи, відповідальної за безпосереднє здійснення взаємодії Замовника з Виконавцем, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> письмово повідомити Виконавця </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>протягом 10 (десяти) календарних днів</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1A79" w:rsidDel="00C30FEA">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC1A79">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>з дня зміни такої особи</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00285984" w:rsidP="001575A5">
+      <w:pPr>
+        <w:pStyle w:val="10"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>сумлінно виконувати інші обов’язки, визначені відповідними нормативн</w:t>
       </w:r>
       <w:r w:rsidR="00CE3A97">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>о-правов</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ими а</w:t>
       </w:r>
       <w:r w:rsidR="00570220">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>кта</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ми.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FF4489" w:rsidRDefault="00285984" w:rsidP="00CE3A97">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3.2. Виконавець зобов`язується:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRDefault="00FF4489" w:rsidP="00CE3A97">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>а)</w:t>
       </w:r>
       <w:r w:rsidR="00FE2056">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
@@ -2784,51 +2756,51 @@
       </w:r>
       <w:r w:rsidR="00DD221A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00BD6E16">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>у порядку та терміни, передбачені чинним законодавством України;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B04C49" w:rsidRPr="00CC742D" w:rsidRDefault="00B04C49" w:rsidP="00CE3A97">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidRPr="00FB4342">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
@@ -3234,112 +3206,112 @@
         </w:tabs>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00CC742D" w:rsidRPr="00CA0AB0" w:rsidRDefault="00CC742D" w:rsidP="00CC742D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00AC05A8" w:rsidP="00AC05A8">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Відповідальність </w:t>
       </w:r>
       <w:r w:rsidR="0099436F" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>сторін</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CA0AB0" w:rsidRDefault="00285984" w:rsidP="00285984">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F42693" w:rsidRPr="00CC742D" w:rsidRDefault="00F42693" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">За невиконання або неналежне виконання своїх зобов’язань, визначених пп. а), </w:t>
@@ -3381,154 +3353,154 @@
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">-Специфікаціях, за кожний день </w:t>
       </w:r>
       <w:r w:rsidR="004C5AEF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>прострочення</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F42693" w:rsidRPr="00CC742D" w:rsidRDefault="00F42693" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00974109" w:rsidRPr="00A57189">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>За невиконання або неналежне виконання своїх зобов’язань за даним договором, Виконавець сплачує Замовнику пеню у розмірі 0,01% від суми відповідних невиконаних або несвоєчасно виконаних зобов’язань за кожен день прострочення, а за прострочення понад тридцять днів додатково стягується штраф у розмірі 1% від суми відповідних невиконаних або несвоєчасно виконаних зобов’язань</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F42693" w:rsidRPr="00CC742D" w:rsidRDefault="00F42693" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>Сплата штрафних санкцій не звільняє Сторону, яка їх сплатила, від виконання зобов’язань за цим Договором.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00F42693" w:rsidRPr="00CC742D" w:rsidRDefault="00F42693" w:rsidP="001575A5">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>У випадках, не передбачених даним Договором, Сторони несуть відповідальність передбачену чинним законодавством України.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005E7BD6" w:rsidRPr="00CC742D" w:rsidRDefault="00285984" w:rsidP="00B0712A">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidR="00F42693" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
@@ -3542,51 +3514,51 @@
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Жодна із Сторін не несе відповідальності за </w:t>
       </w:r>
       <w:r w:rsidR="004C5AEF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>порушення умов цього Договору</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>, які сталися не з її вини.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004B5663" w:rsidRPr="00CA0AB0" w:rsidRDefault="004B5663" w:rsidP="00B5584A">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="0017575C" w:rsidRPr="00CC742D" w:rsidRDefault="0017575C" w:rsidP="00576648">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
@@ -4409,135 +4381,135 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D062DE" w:rsidRPr="00BC6B08" w:rsidRDefault="00D062DE" w:rsidP="00C31A39">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="008E1FB0" w:rsidP="005E6754">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1364"/>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Строк дії договору</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CA0AB0" w:rsidRDefault="00285984" w:rsidP="00021EEC">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:left="540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00285984" w:rsidP="00021EEC">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Договір набирає чинності з моменту підписання його </w:t>
       </w:r>
       <w:r w:rsidR="00980833">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>останньою із Сторін.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRDefault="00285984" w:rsidP="00021EEC">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Цей Договір укладено </w:t>
       </w:r>
       <w:r w:rsidR="002E5885" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
@@ -4595,174 +4567,174 @@
       </w:r>
       <w:r w:rsidR="00272121" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> д</w:t>
       </w:r>
       <w:r w:rsidR="00021EEC" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">о повного виконання зобов’язань </w:t>
       </w:r>
       <w:r w:rsidR="00EB1402" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Сторонами.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="004A40E6" w:rsidRPr="00BC6B08" w:rsidRDefault="004A40E6" w:rsidP="004A40E6">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRDefault="00285984" w:rsidP="00021EEC">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>і</w:t>
       </w:r>
       <w:r w:rsidR="00F46CA1" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>нші</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> умови</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001B6078" w:rsidRPr="001B6078" w:rsidRDefault="001B6078" w:rsidP="001B6078">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00021EEC" w:rsidRPr="00CC742D" w:rsidRDefault="00021EEC" w:rsidP="00021EEC">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Після підписання цього Договору всі попередні переговори, листування, протоколи про наміри та будь-які інші усні або письмові домовленості Сторін з питань, що так чи інакше стосуються цього Договору, втрачають юридичну силу.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00021EEC" w:rsidRPr="00CC742D" w:rsidRDefault="00021EEC" w:rsidP="00021EEC">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Усі зміни та доповнення до Договору, а також його дострокове розірвання за згодою сторін є чинними лише у тому випадку, якщо вони оформлені письмово у вигляді додаткових угод, які підписуються обома Сторонами. Усі додаткові угоди є невід’ємними частинами Договору. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00021EEC" w:rsidRPr="00CC742D" w:rsidRDefault="00021EEC" w:rsidP="00021EEC">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Сторони зобов’язуються повідомляти одна одній про зміни своїх банківських реквізитів, </w:t>
       </w:r>
       <w:r w:rsidR="00980833" w:rsidRPr="0087535F">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
@@ -4800,229 +4772,229 @@
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">адреси для листування, номерів телефонів, статусів платника податків протягом </w:t>
       </w:r>
       <w:r w:rsidR="00B04C49">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>10 (десяти) календарних днів з моменту виникнення відповідних змін.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00021EEC" w:rsidRPr="00CC742D" w:rsidRDefault="00021EEC" w:rsidP="00021EEC">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Жодна з Сторін не має права передавати свої права та обов’язки за даним Договором третім особам без письмової згоди іншої Сторони. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00021EEC" w:rsidRPr="00CC742D" w:rsidRDefault="00021EEC" w:rsidP="00021EEC">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Текст цього Договору складено українською мовою в двох дійсних (оригінальних) примірниках, що мають однакову юридичну силу - по одному примірнику для кожної із Сторін.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00021EEC" w:rsidRPr="00CC742D" w:rsidRDefault="00021EEC" w:rsidP="00021EEC">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Закінчення строку дії Договору, так само, як і його розірвання або припинення з підстав, визначених Договором або чинним законодавством, не звільняє Сторони від відповідальності за невиконання чи неналежне виконання зобов'язань, що виникли в період дії Договору.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00021EEC" w:rsidRPr="00CC742D" w:rsidRDefault="00021EEC" w:rsidP="00021EEC">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>У випадках, що не передбачені даним Договором, Сторони керуються чинним законодавством України.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00021EEC" w:rsidRDefault="00021EEC" w:rsidP="00021EEC">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Уповноважені особи Сторін підтверджують, що мають всі необхідні повноваження для здійснення дій щодо підписання Договору.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD047F" w:rsidRPr="00FD047F" w:rsidRDefault="00A10E38" w:rsidP="00B04C49">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5464"/>
           <w:tab w:val="num" w:pos="567"/>
           <w:tab w:val="num" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="539"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Сторони </w:t>
       </w:r>
       <w:r w:rsidRPr="00D577BA">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>дійшли згоди, що у разі неподання Замовником заяви про видачу реєстраційних матеріалів (другого та третього примірників) протягом 90 календарних днів з дати одержання реєстраційного посвідчення на лікарський засіб, Виконавець має право на їх знищення, про що складається акт, за формою згідно з додатком 15 до Правил організації діловодства та архівного зберігання документів у державних органах, органах місцевого самоврядування, на підприємствах, в установах і організаціях, затверджених наказом Міністерства юстиції України від 18.06.2015 №1000/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B04C49" w:rsidRPr="001D5C8A" w:rsidRDefault="00B04C49" w:rsidP="00B04C49">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5464"/>
           <w:tab w:val="num" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="539"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5C8A">
         <w:rPr>
           <w:rFonts w:eastAsia="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Жодна із Сторін не буде нести відповідальність за повне або часткове невиконання зобов'язань за цим Договором, якщо невиконання виникло внаслідок втручання з боку </w:t>
@@ -5132,51 +5104,51 @@
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>, Національного антикорупційного бюро</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> України</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C8A">
         <w:rPr>
           <w:rFonts w:eastAsia="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>, інших утворених відповідно до законодавства органів, які здійснюють правоохоронні функції (надалі «Правоохоронні органи»), щодо вилучення будь-яких оригіналів документів або будь-яких заборон, що виникли після укладення цього Договору, які унеможливлюють виконання Сторонами своїх зобов'язань за цим Договором.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B04C49" w:rsidRPr="00F13EDA" w:rsidRDefault="00B04C49" w:rsidP="00B04C49">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5464"/>
           <w:tab w:val="num" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="539"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5C8A">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">При виникненні </w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C8A">
@@ -5283,51 +5255,51 @@
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00F13EDA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> виданий </w:t>
       </w:r>
       <w:r w:rsidRPr="00F13EDA">
         <w:rPr>
           <w:rFonts w:eastAsia="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>компетентним Правоохоронним органом, уповноваженим на це.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD047F" w:rsidRPr="00CC742D" w:rsidRDefault="00B04C49" w:rsidP="00B04C49">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="5464"/>
           <w:tab w:val="num" w:pos="567"/>
           <w:tab w:val="num" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="539"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F13EDA">
         <w:rPr>
           <w:rFonts w:eastAsia="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
@@ -5471,129 +5443,129 @@
       </w:r>
       <w:r w:rsidRPr="00916320">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>яких пеней та</w:t>
       </w:r>
       <w:r w:rsidRPr="00F13EDA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> штрафних санкцій</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D84299" w:rsidRPr="00CA0AB0" w:rsidRDefault="00D84299" w:rsidP="00FD047F">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
           <w:tab w:val="num" w:pos="709"/>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="0017575C" w:rsidP="00FD047F">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
           <w:tab w:val="num" w:pos="709"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
       <w:r w:rsidR="00B90485" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>порядок розгляду спірних питань</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CA0AB0" w:rsidRDefault="00285984" w:rsidP="00285984">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D84299" w:rsidRPr="005322C9" w:rsidRDefault="00285984" w:rsidP="005322C9">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005322C9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Усі спори </w:t>
       </w:r>
       <w:r w:rsidR="00D84299" w:rsidRPr="005322C9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
@@ -5616,554 +5588,548 @@
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>протягом</w:t>
       </w:r>
       <w:r w:rsidR="00D84299" w:rsidRPr="005322C9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> терміну дії Договору, вирішуються </w:t>
       </w:r>
       <w:r w:rsidRPr="005322C9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Сторонами </w:t>
       </w:r>
       <w:r w:rsidR="00D84299" w:rsidRPr="005322C9">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>шляхом переговорів.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00D84299" w:rsidP="00502A07">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Спірні </w:t>
       </w:r>
       <w:r w:rsidR="00EC534C" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>питання, з яких Сторони не дійшли згоди шляхом переговорів, розв’язуються в судовому порядку у відповідності до чинного законодавства України.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CA0AB0" w:rsidRDefault="00285984" w:rsidP="00285984">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EC534C" w:rsidRPr="00CC742D" w:rsidRDefault="00E83787" w:rsidP="00EC534C">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00EC534C" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Обробка персональних даних</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="0062073C" w:rsidRPr="00CA0AB0" w:rsidRDefault="0062073C" w:rsidP="0062073C">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00EC534C" w:rsidRDefault="00EC534C" w:rsidP="00B5584A">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> У</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>повноважені представники Сторін, підписавши цей Договір, надають згоду на обробку їх персональних даних та/або передачу їх третім особам для цілей, пов’язаних з виконанням умов цього договору, а також підтверджують, що попереджені про свої права, визначені Законом України «Про захист персональних даних», мету збору даних. Сторони вправі здійснювати обробку персональних даних як самостійно, так і доручивши розпоряднику бази персональних даних.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD047F" w:rsidRDefault="00FD047F" w:rsidP="00FD047F">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00012254" w:rsidRDefault="00012254" w:rsidP="00FD047F">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD047F" w:rsidRPr="004339B4" w:rsidRDefault="00FD047F" w:rsidP="00FD047F">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>11. АНТИКОРУПЦІЙНі ЗАСТЕРЕЖЕННЯ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD047F" w:rsidRPr="00012254" w:rsidRDefault="00FD047F" w:rsidP="00FD047F">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B04C49" w:rsidRPr="001D5C8A" w:rsidRDefault="00B04C49" w:rsidP="00B04C49">
+      <w:pPr>
+        <w:pStyle w:val="210"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5C8A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Сторони зобов'язую</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>ться дотримуватися і забезпечувати</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001D5C8A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дотримання вимог антикорупційного законодавства, зокрема їх учасниками, керівниками та працівниками, а також особами, які діють від їх імені.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B04C49" w:rsidRPr="001D5C8A" w:rsidRDefault="00B04C49" w:rsidP="00B04C49">
+      <w:pPr>
+        <w:pStyle w:val="210"/>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D5C8A">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Сторони зобов’язуються не робити пропозицію, не санкціонувати обіцянку, не здійснювати незаконних платежів, включаючи надання неправомірної вигоди (грошові кошти або інше майно, переваги, пільги, послуги, нематеріальні активи, будь-як інші вигоди нематеріального характеру, які обіцяють, пропонують, надають або одержують без законних на те підстав), будь-яким фізичним або юридичним особам, включаючи (але не обмежуючись) комерційним підприємствам і організаціям, органам державної влади і місцевого самоврядування, установам, державним службовцям, приватним підприємствам і їх представникам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD047F" w:rsidRPr="00CC742D" w:rsidRDefault="00B04C49" w:rsidP="00B04C49">
       <w:pPr>
         <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="426"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5C8A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>Сторони зобов'язую</w:t>
-[...57 lines deleted...]
-        </w:rPr>
         <w:t>Сторони погодились, що порушення однією із Сторін вищевикладених зобов’язань може розц</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>інюватись як істотне порушення Д</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C8A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>оговору, що надає право іншій Ст</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ороні на дострокове розірвання Договору</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C8A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> шляхом надсилання письмового повідомлення із обґрунтуванням та наданням доказів порушення антикорупційного законодавства. Сторони зобов'язуються не вимагати відшкодування збитків, які бу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ли заподіяні таким розірванням Д</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C8A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>оговору</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FD047F" w:rsidRDefault="00FD047F" w:rsidP="00EC534C">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD047F" w:rsidRDefault="00FD047F" w:rsidP="00EC534C">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD047F" w:rsidRPr="00CA0AB0" w:rsidRDefault="00FD047F" w:rsidP="00EC534C">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00285984" w:rsidRPr="00CC742D" w:rsidRDefault="00395EC8" w:rsidP="00FD047F">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ЮРИДИЧНІ АДРЕСИ</w:t>
       </w:r>
       <w:r w:rsidR="00980833" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00285984" w:rsidRPr="00CC742D">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>та реквізити сторін</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007C25B6" w:rsidRDefault="007C25B6" w:rsidP="00576648">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00FD047F" w:rsidRPr="002810B9" w:rsidRDefault="00FD047F" w:rsidP="00576648">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9720" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4874"/>
         <w:gridCol w:w="4846"/>
       </w:tblGrid>
-      <w:tr w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidTr="00B5584A">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="007C25B6" w:rsidRPr="006D61DD" w:rsidTr="00B5584A">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="403"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4874" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="007C25B6" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ВИКОНАВЕЦЬ:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A1029E" w:rsidRPr="002810B9" w:rsidRDefault="00A1029E" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="00BC6B08" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДЕРЖАВНЕ ПІДПРИЄМСТВО</w:t>
             </w:r>
             <w:r w:rsidR="007C25B6" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="007C25B6" w:rsidP="00BC6B08">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r w:rsidR="00BC6B08">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ</w:t>
             </w:r>
@@ -6175,51 +6141,51 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>`</w:t>
             </w:r>
             <w:r w:rsidR="00BC6B08">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Я УКРАЇНИ</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="007C25B6" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="008F2FAE" w:rsidRDefault="00681719" w:rsidP="00532AEC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Юридична адреса</w:t>
             </w:r>
             <w:r w:rsidR="00021EEC" w:rsidRPr="00CC742D">
               <w:rPr>
@@ -6283,211 +6249,211 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0030631B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Антона Цедіка</w:t>
             </w:r>
             <w:r w:rsidRPr="00532AEC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>, 14</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="007C25B6" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00581427" w:rsidRPr="00CC742D" w:rsidRDefault="00021EEC" w:rsidP="00581427">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Адреса для листування:</w:t>
             </w:r>
             <w:r w:rsidR="00532AEC">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00581427">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>вул. Антона Цедіка, 14</w:t>
             </w:r>
             <w:r w:rsidR="00581427" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00581427" w:rsidRPr="00CC742D" w:rsidRDefault="00581427" w:rsidP="00581427">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>м. Київ, Україна, 03</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>057</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00021EEC" w:rsidRPr="00CC742D" w:rsidRDefault="00021EEC" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00574723" w:rsidRPr="00CC742D" w:rsidRDefault="00574723" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Банківські реквізити:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BB65F0" w:rsidRPr="00CC742D" w:rsidRDefault="00FC28B8" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00ED609B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>UA</w:t>
             </w:r>
             <w:r w:rsidRPr="00ED609B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>473204780000000026009125608</w:t>
             </w:r>
             <w:r w:rsidR="007C25B6" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRDefault="007C25B6" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>в АБ «УКРГАЗБАНК», м. Київ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00FC28B8" w:rsidRPr="00CC742D" w:rsidRDefault="00FC28B8" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="000B10F1" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>К</w:t>
             </w:r>
             <w:r w:rsidR="00574723" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>од</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -6501,141 +6467,141 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="007C25B6" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007C25B6" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20015794</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="007C25B6" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:ind w:hanging="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ІПН</w:t>
             </w:r>
             <w:r w:rsidR="00B5584A" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> 200157926550</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CA0AB0" w:rsidRPr="00A10E38" w:rsidRDefault="00CA0AB0" w:rsidP="008265A8">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:ind w:hanging="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00FC28B8" w:rsidRPr="00CA0AB0" w:rsidRDefault="00FC28B8" w:rsidP="008265A8">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:ind w:hanging="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4846" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="007C25B6" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ЗАМОВНИК:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A1029E" w:rsidRPr="002810B9" w:rsidRDefault="00A1029E" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="007C25B6" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Назва</w:t>
             </w:r>
             <w:r w:rsidR="00021EEC" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>________________________________________________</w:t>
             </w:r>
             <w:r w:rsidR="00021EEC" w:rsidRPr="00CC742D">
@@ -6899,121 +6865,115 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00B5584A" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> ________________________</w:t>
             </w:r>
             <w:r w:rsidR="00282A6F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="00C025D5" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ІПН:</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidR="007C25B6" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_______________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="007C25B6" w:rsidP="002810B9">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidTr="00B5584A">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="403"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4874" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="007C25B6" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Від Виконавця:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRPr="002810B9" w:rsidRDefault="007C25B6" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00805657" w:rsidRDefault="00D5313A" w:rsidP="00805657">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
@@ -7090,205 +7050,205 @@
               <w:t>вітлана</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> К</w:t>
             </w:r>
             <w:r w:rsidR="00BC6B08">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ОВТУН</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00805657" w:rsidRDefault="00805657" w:rsidP="00FC28B8">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRDefault="007C25B6" w:rsidP="003E339B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>«_____»____________________ 20</w:t>
             </w:r>
             <w:r w:rsidR="00FC28B8">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="000314CA">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00533A8D" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> року</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A35B29" w:rsidRPr="00CC742D" w:rsidRDefault="00A35B29" w:rsidP="00FC28B8">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4846" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="007C25B6" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Від  Замовника:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRPr="002810B9" w:rsidRDefault="007C25B6" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00403D98" w:rsidRDefault="00403D98" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00805657" w:rsidRDefault="00805657" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="007B680A" w:rsidRPr="00CC742D" w:rsidRDefault="007B680A" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0038215F" w:rsidRPr="00CC742D" w:rsidRDefault="007C25B6" w:rsidP="00504062">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_____________________</w:t>
             </w:r>
             <w:r w:rsidR="00504062" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>________/_______________</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C025D5" w:rsidRPr="00CC742D" w:rsidRDefault="00C025D5" w:rsidP="00B5584A">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="007C25B6" w:rsidRPr="00CC742D" w:rsidRDefault="007C25B6" w:rsidP="000314CA">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:ind w:right="442"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>«_____»____________________ 20</w:t>
             </w:r>
             <w:r w:rsidR="00FC28B8">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="000314CA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="00533A8D" w:rsidRPr="00CC742D">
@@ -7309,65 +7269,65 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0045153F" w:rsidRPr="002810B9" w:rsidSect="00C613A3">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="851" w:right="567" w:bottom="851" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00221F2C" w:rsidRDefault="00221F2C">
+    <w:p w:rsidR="007E6CA4" w:rsidRDefault="007E6CA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00221F2C" w:rsidRDefault="00221F2C">
+    <w:p w:rsidR="007E6CA4" w:rsidRDefault="007E6CA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00221F2C" w:rsidRDefault="00221F2C"/>
+    <w:p w:rsidR="007E6CA4" w:rsidRDefault="007E6CA4"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -7433,90 +7393,90 @@
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00DB4B47">
+    <w:r w:rsidR="006D61DD">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="007F0A12" w:rsidRDefault="007F0A12">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00221F2C" w:rsidRDefault="00221F2C">
+    <w:p w:rsidR="007E6CA4" w:rsidRDefault="007E6CA4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00221F2C" w:rsidRDefault="00221F2C">
+    <w:p w:rsidR="007E6CA4" w:rsidRDefault="007E6CA4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w:rsidR="00221F2C" w:rsidRDefault="00221F2C"/>
+    <w:p w:rsidR="007E6CA4" w:rsidRDefault="007E6CA4"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="127D00FB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9F5E5662"/>
     <w:lvl w:ilvl="0" w:tplc="04190017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="644"/>
         </w:tabs>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="79006526">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
@@ -10228,69 +10188,71 @@
     <w:rsid w:val="005B4396"/>
     <w:rsid w:val="005B4600"/>
     <w:rsid w:val="005B51AC"/>
     <w:rsid w:val="005E390C"/>
     <w:rsid w:val="005E6754"/>
     <w:rsid w:val="005E7BD6"/>
     <w:rsid w:val="005F481F"/>
     <w:rsid w:val="005F482E"/>
     <w:rsid w:val="005F56CD"/>
     <w:rsid w:val="005F6648"/>
     <w:rsid w:val="0061045D"/>
     <w:rsid w:val="00611106"/>
     <w:rsid w:val="00612A6E"/>
     <w:rsid w:val="006176CA"/>
     <w:rsid w:val="00617D85"/>
     <w:rsid w:val="0062073C"/>
     <w:rsid w:val="0065743C"/>
     <w:rsid w:val="00665C51"/>
     <w:rsid w:val="00681719"/>
     <w:rsid w:val="00692669"/>
     <w:rsid w:val="006A371D"/>
     <w:rsid w:val="006A7109"/>
     <w:rsid w:val="006B5F9C"/>
     <w:rsid w:val="006C47E6"/>
     <w:rsid w:val="006C79E9"/>
+    <w:rsid w:val="006D61DD"/>
     <w:rsid w:val="006F37B1"/>
     <w:rsid w:val="006F3E29"/>
     <w:rsid w:val="006F7581"/>
     <w:rsid w:val="007126DB"/>
     <w:rsid w:val="0071712E"/>
     <w:rsid w:val="0072444D"/>
     <w:rsid w:val="00724D22"/>
     <w:rsid w:val="00736F1F"/>
     <w:rsid w:val="007463E2"/>
     <w:rsid w:val="00764F02"/>
     <w:rsid w:val="0076519E"/>
     <w:rsid w:val="00774943"/>
     <w:rsid w:val="00782262"/>
     <w:rsid w:val="007B5C11"/>
     <w:rsid w:val="007B680A"/>
     <w:rsid w:val="007C25B6"/>
     <w:rsid w:val="007C75A0"/>
     <w:rsid w:val="007D3A1A"/>
     <w:rsid w:val="007E671C"/>
+    <w:rsid w:val="007E6CA4"/>
     <w:rsid w:val="007F0A12"/>
     <w:rsid w:val="007F0EE4"/>
     <w:rsid w:val="007F15CE"/>
     <w:rsid w:val="007F39E0"/>
     <w:rsid w:val="007F50AF"/>
     <w:rsid w:val="007F5377"/>
     <w:rsid w:val="00800059"/>
     <w:rsid w:val="0080021E"/>
     <w:rsid w:val="00805657"/>
     <w:rsid w:val="00813D2C"/>
     <w:rsid w:val="00822F5D"/>
     <w:rsid w:val="00823872"/>
     <w:rsid w:val="008265A8"/>
     <w:rsid w:val="00830281"/>
     <w:rsid w:val="008618C2"/>
     <w:rsid w:val="00873D75"/>
     <w:rsid w:val="008824E5"/>
     <w:rsid w:val="00885982"/>
     <w:rsid w:val="00887480"/>
     <w:rsid w:val="008A1379"/>
     <w:rsid w:val="008A7659"/>
     <w:rsid w:val="008B0A24"/>
     <w:rsid w:val="008C035F"/>
     <w:rsid w:val="008E1FB0"/>
     <w:rsid w:val="008E52D1"/>
@@ -10443,89 +10405,133 @@
     <w:rsid w:val="00FC6DE3"/>
     <w:rsid w:val="00FD047F"/>
     <w:rsid w:val="00FD0C2F"/>
     <w:rsid w:val="00FE2056"/>
     <w:rsid w:val="00FE5A3C"/>
     <w:rsid w:val="00FF1E89"/>
     <w:rsid w:val="00FF4489"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{ED59E3D9-48C1-4BB9-B11B-864E5C00E06B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -10728,127 +10734,133 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:rsid w:val="003A6BF3"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="00285984"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText2">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основний текст 21"/>
+    <w:basedOn w:val="10"/>
     <w:rsid w:val="00285984"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:semiHidden/>
     <w:rsid w:val="00576648"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="0045153F"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="Document Map"/>
     <w:basedOn w:val="a"/>
     <w:semiHidden/>
     <w:rsid w:val="00002D06"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="Обычный1"/>
     <w:rsid w:val="00021EEC"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="007D3A1A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="007D3A1A"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="header"/>
@@ -10877,94 +10889,93 @@
     <w:basedOn w:val="a"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FD047F"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ab">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00FD047F"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
     <w:name w:val="Основной текст 21"/>
-    <w:basedOn w:val="10"/>
+    <w:basedOn w:val="11"/>
     <w:rsid w:val="00FD047F"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="511535572">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1829861319">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -11198,51 +11209,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4EC98239-4BBD-4CD3-BFF2-73A4D2132539}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A2B0176-E748-48E7-A7AB-60AC86B1FF31}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>2528</Words>
   <Characters>14412</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>120</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>