--- v0 (2025-12-31)
+++ v1 (2026-02-25)
@@ -24,94 +24,94 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10107" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5218"/>
         <w:gridCol w:w="4889"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008864B5" w:rsidRPr="00505AC4" w:rsidRDefault="000B7543" w:rsidP="008864B5">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДОГОВІР №________/202</w:t>
             </w:r>
             <w:r w:rsidR="004B485F">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="008864B5" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>/АВ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B1252" w:rsidRPr="00505AC4" w:rsidRDefault="008B1252" w:rsidP="008864B5">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="blue"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00E06548" w:rsidRPr="00505AC4" w:rsidRDefault="00E06548" w:rsidP="00E06548">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:firstLine="284"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
@@ -185,51 +185,51 @@
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AB</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B1252" w:rsidRPr="00505AC4" w:rsidRDefault="008B1252">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008864B5" w:rsidRPr="00505AC4" w:rsidRDefault="008864B5" w:rsidP="008864B5">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>м. Київ</w:t>
             </w:r>
             <w:r w:rsidR="00D742E3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -393,84 +393,84 @@
               <w:t xml:space="preserve">                                         </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B1252" w:rsidRPr="00466785" w:rsidRDefault="008B1252">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:trPr>
           <w:trHeight w:val="3490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00505AC4" w:rsidRPr="00E33FA8" w:rsidRDefault="00904843" w:rsidP="00E33FA8">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00823872">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДЕРЖАВНЕ ПІДПРИЄМСТВО  «ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»,</w:t>
             </w:r>
             <w:r w:rsidR="00505AC4" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008864B5" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>іменований  далі «Виконавець», що є платником податку на прибуток за</w:t>
             </w:r>
-            <w:r w:rsidR="003A042A">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="003A042A" w:rsidRPr="000F0B55">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008864B5" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>основною ставкою згідно п. 136.1 ст. 136 ПКУ, в особі</w:t>
             </w:r>
             <w:r w:rsidR="00505AC4" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00674399">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">директора </w:t>
             </w:r>
             <w:r w:rsidR="00674399" w:rsidRPr="00CC742D">
@@ -522,56 +522,63 @@
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r w:rsidR="00674399" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00674399" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">діє на підставі довіреності </w:t>
             </w:r>
             <w:r w:rsidR="00CF07A7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="000F0B55">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00E858ED">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="005B0822">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00E33FA8" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> з одного боку, та</w:t>
             </w:r>
             <w:r w:rsidR="0016592C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> __</w:t>
             </w:r>
             <w:r w:rsidR="004B485F">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -688,68 +695,68 @@
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>іменований далі «Замовник», від імені якого __________________________________________________діє на території України, в особі _____________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00505AC4" w:rsidRPr="00E33FA8" w:rsidRDefault="00505AC4" w:rsidP="00505AC4">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_________________________________________________, на підставі _______________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A830C7" w:rsidRPr="00E33FA8" w:rsidRDefault="00505AC4" w:rsidP="00505AC4">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_________________________________________________, з іншого боку, іменовані надалі «Сторони»,                         уклали    даний Договір про наступне:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00820627" w:rsidRPr="00C718E2" w:rsidRDefault="00820627" w:rsidP="00505AC4">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:highlight w:val="blue"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B139A8" w:rsidRDefault="003A042A" w:rsidP="00B139A8">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:ind w:firstLine="434"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -989,56 +996,63 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00674399" w:rsidRPr="002A47EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Kovtun, Director, Financial, Economic and Administrative </w:t>
             </w:r>
             <w:r w:rsidR="00B139A8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Work</w:t>
             </w:r>
             <w:r w:rsidR="00674399" w:rsidRPr="002A47EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Department, acting according to the Power of Attorney of </w:t>
             </w:r>
+            <w:r w:rsidR="000F0B55">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00E858ED">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="004B485F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="004B485F" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">on the one part, </w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -1244,127 +1258,127 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>“Parties”, have concluded the present Contract as follows:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00820627" w:rsidRPr="00820627" w:rsidRDefault="00820627" w:rsidP="00505AC4">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00897418" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00820627" w:rsidRDefault="00820627" w:rsidP="00820627">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> предмет договору</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00820627" w:rsidRPr="00904843" w:rsidRDefault="00820627" w:rsidP="00820627">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00505AC4" w:rsidRDefault="003A1D0C" w:rsidP="00E24888">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SUBJECT OF THE CONTRACT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00820627" w:rsidRDefault="00820627" w:rsidP="00C718E2">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1. Виконавець зобов’язується за дорученням </w:t>
             </w:r>
             <w:r w:rsidRPr="00820627">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -1561,92 +1575,92 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00D924BA" w:rsidRPr="00A86FE4">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>On Customer's request the Performer shall take the responsibility for expert evaluation of the authenticity of registration materials pertinent to medicinal product submitted for state registration in order to procure it by a person authorized to make health care procurement or a specialized organization (hereinafter – “expert evaluation of the authenticity”), and the Customer shall accept and pay for the services rendered pertinent to expert evaluation under the present Contract.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00820627" w:rsidRDefault="00820627" w:rsidP="00820627">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Усі послуги за даним Договором </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>надаю</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ться відповідно до вимог, встановлених  чинним законодавством України.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00820627" w:rsidRPr="00C718E2" w:rsidRDefault="00820627" w:rsidP="00820627">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00505AC4" w:rsidRDefault="00C4698D" w:rsidP="00E24888">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
@@ -1664,81 +1678,81 @@
             <w:r w:rsidR="004F4CE0" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">.2. </w:t>
             </w:r>
             <w:r w:rsidR="003154A9" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Any services under the present Contract shall be rendered according to the current legislation of Ukraine.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRDefault="00820627" w:rsidP="00466785">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Вартість ПОСЛУГ ТА ПОРЯДОК РОЗРАХУНКІВ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003A042A" w:rsidRPr="00904843" w:rsidRDefault="003A042A" w:rsidP="00466785">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRPr="00505AC4" w:rsidRDefault="004F4CE0" w:rsidP="00820627">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
@@ -1782,51 +1796,51 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AND PAYMENT</w:t>
             </w:r>
             <w:r w:rsidR="002262C4" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> PROCEDURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRPr="00820627" w:rsidRDefault="00820627" w:rsidP="00E33FA8">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Вартість послуг визначається </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
@@ -2034,51 +2048,51 @@
             <w:r w:rsidR="00EA48D2" w:rsidRPr="00B139A8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>working</w:t>
             </w:r>
             <w:r w:rsidR="003154A9" w:rsidRPr="00B139A8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> days.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRPr="00820627" w:rsidRDefault="00820627" w:rsidP="006C3A73">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006965A6">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Замовник має право в односторонньому порядку визначити платника за даним Договором, про що письмово повідомляє Виконавця відповідно до чинного законодавства України</w:t>
             </w:r>
             <w:r w:rsidRPr="00CA0AB0">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
@@ -2124,51 +2138,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> of Ukraine</w:t>
             </w:r>
             <w:r w:rsidR="003154A9" w:rsidRPr="00B139A8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006965A6" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="006965A6" w:rsidRPr="007A530A" w:rsidRDefault="00820627" w:rsidP="006C3A73">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF1E89">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">У </w:t>
             </w:r>
             <w:r w:rsidRPr="006965A6">
               <w:rPr>
                 <w:spacing w:val="2"/>
@@ -2186,51 +2200,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>експертизи щодо автентичності,</w:t>
             </w:r>
             <w:r w:rsidRPr="006965A6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> та зазначається платник</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007A530A" w:rsidRPr="00820627" w:rsidRDefault="007A530A" w:rsidP="006C3A73">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B6CAA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Розрахунки здійснюються у валюті:</w:t>
             </w:r>
             <w:r w:rsidRPr="006B6CAA">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
@@ -2320,51 +2334,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2.4. Payment is made in currency: US dollar and/or     Euro and/or UAH.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B139A8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00756EB9" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00756EB9" w:rsidRPr="008F608B" w:rsidRDefault="00820627" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Загальна вартість Договору визначається як сума вартості послуг, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
@@ -2415,51 +2429,51 @@
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="003154A9" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>The total cost of the Contract shall be determined as a sum of services cost specified in Invoices-Specifications drawn up in accordance with the terms of the present Contract during its validity.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003A042A" w:rsidRPr="00904843" w:rsidRDefault="008F608B" w:rsidP="00904843">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Усі витрати (комісія, переказ коштів та інші), пов’язані з оплатою послуг, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
@@ -2522,51 +2536,51 @@
             <w:r w:rsidR="00E2664C" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>money transfer</w:t>
             </w:r>
             <w:r w:rsidR="003154A9" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> etc.) pertinent to the payment of services specified in Invoices-Specifications shall be at the expense of the Customer which pays them according to Invoices-Specifications issued by the Performer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0074632E" w:rsidRPr="008F608B" w:rsidRDefault="008F608B" w:rsidP="00D742E3">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Послуги за цим Договором надаються </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
@@ -2662,93 +2676,93 @@
             <w:r w:rsidR="00F54AAE" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>payment of the cost of</w:t>
             </w:r>
             <w:r w:rsidR="00E2664C" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> services specified in Invoices-Specifications.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A0B0D" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009A0B0D" w:rsidRDefault="008F608B" w:rsidP="003A042A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Сторони домовилися, що у випадку підвищення розцінок на послуги, що надаються Виконавцем </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">за цим Договором </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>(внаслідок дій державних органів, в тому числі таких, які негативно впливають на можливість здійснення нормальної господарської діяльності в Україні та галузі, впливу індексу інфляції, а також будь-яких інших обставин), до моменту здійснення їх оплати Замовником Виконавець має право в односторонньому порядку змінити вартість послуг шляхом направлення скоригованого Рахунку-Специфікації на адресу Замовника.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003A042A" w:rsidRPr="00C718E2" w:rsidRDefault="003A042A" w:rsidP="003A042A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009A0B0D" w:rsidRPr="00505AC4" w:rsidRDefault="003F50A4" w:rsidP="00457761">
             <w:pPr>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -3000,154 +3014,154 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                                      </w:t>
             </w:r>
             <w:r w:rsidR="003154A9" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>address.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRDefault="008F608B" w:rsidP="00D742E3">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Обов`язки сторін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRPr="00C718E2" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRPr="00505AC4" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="Normal2"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3. OBLIGATIONS OF THE PARTIES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRPr="00CC742D" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:tab/>
               <w:t>Замовник зобов`язується:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRPr="00CC742D" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>сплатити вартість послуг</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -3198,51 +3212,51 @@
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>их</w:t>
             </w:r>
             <w:r w:rsidRPr="008F608B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                   </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> днів від дати оформлення Виконавцем Рахунку-Специфікації;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">протягом </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -3363,51 +3377,51 @@
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, такий акт вважається погодженим, а послуги </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>прийнятими Замовником</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003A042A" w:rsidRDefault="003A042A" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>призначити відповідальну особу та повідомити Ви</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -3507,51 +3521,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> керівником</w:t>
             </w:r>
             <w:r w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> Замовника або уповноваженою ним особою)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>, у тому числі, електронних ключів (логін/пароль) доступу;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003A042A" w:rsidRPr="00CC742D" w:rsidRDefault="003A042A" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">у разі зміни </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -3591,51 +3605,51 @@
             </w:r>
             <w:r w:rsidRPr="00EC1A79" w:rsidDel="00C30FEA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>з дня зміни такої особи</w:t>
             </w:r>
             <w:r w:rsidRPr="003A042A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRPr="00CC742D" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>сумлінно виконувати інші обов’язки, визначені відповідними нормативн</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -3644,51 +3658,51 @@
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ими а</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>кта</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ми.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRPr="00C718E2" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:highlight w:val="blue"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRPr="00505AC4" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -3842,90 +3856,90 @@
                 <w:numId w:val="33"/>
               </w:numPr>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">To carry out properly other obligations determined by relevant regulations. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00897418" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="12"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">3.2. </w:t>
             </w:r>
             <w:r w:rsidR="00B3334D" w:rsidRPr="003A042A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Виконавець зобов`язується:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRPr="00CC742D" w:rsidRDefault="008F608B" w:rsidP="003A042A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="12"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="395" w:hanging="395"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">а) </w:t>
             </w:r>
             <w:r w:rsidR="003A042A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -4560,51 +4574,51 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRPr="00B3334D" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00897418" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B3334D" w:rsidRPr="00CC742D" w:rsidRDefault="00B3334D" w:rsidP="00B3334D">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
@@ -4637,51 +4651,51 @@
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.  RESPONSIBILITIES OF THE PARTIES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="007753AB" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B3334D" w:rsidRPr="00CC742D" w:rsidRDefault="00B3334D" w:rsidP="00B3334D">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:tab/>
               <w:t xml:space="preserve">За невиконання або неналежне виконання </w:t>
@@ -4779,51 +4793,51 @@
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">-Специфікаціях, за кожний день </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>прострочення</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B3334D" w:rsidRPr="00CC742D" w:rsidRDefault="00B3334D" w:rsidP="00B3334D">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4.2.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -4878,81 +4892,81 @@
             </w:r>
             <w:r w:rsidR="003B5618">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
             <w:r w:rsidR="00281E36" w:rsidRPr="00A57189">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> днів додатково стягується штраф у розмірі 1% від суми відповідних невиконаних або несвоєчасно виконаних зобов’язань</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B3334D" w:rsidRPr="00B3334D" w:rsidRDefault="00B3334D" w:rsidP="00B3334D">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3334D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4.3.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3334D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:tab/>
               <w:t>Сплата штрафних санкцій не звільняє Сторону, яка їх сплатила, від виконання зобов’язань за цим Договором.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B3334D" w:rsidRPr="00B3334D" w:rsidRDefault="00B3334D" w:rsidP="00B3334D">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3334D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4.4.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3334D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:tab/>
               <w:t>У випадках, не передбачених даним Договором, Сторони несуть відповідальність передбачену чинним законодавством України.</w:t>
@@ -6175,51 +6189,51 @@
               <w:t xml:space="preserve"> under this Contract and so none of the Parties has a right for reimbursement of possible losses by other Party.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C2A07" w:rsidRPr="007C2A07" w:rsidRDefault="007C2A07" w:rsidP="007C2A07">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00C4698D" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="007C2A07" w:rsidRDefault="007C2A07" w:rsidP="007C2A07">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1364"/>
                 <w:tab w:val="num" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="540" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Строк дії договору</w:t>
@@ -6265,80 +6279,80 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="007C2A07" w:rsidRPr="007C2A07" w:rsidRDefault="007C2A07" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00DD2933" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="007C2A07" w:rsidRPr="00CC742D" w:rsidRDefault="007C2A07" w:rsidP="007C2A07">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="394" w:hanging="426"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Договір набирає чинності з моменту підписання його </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>останньою із Сторін.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C2A07" w:rsidRDefault="007C2A07" w:rsidP="007C2A07">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="394" w:hanging="426"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Цей Договір укладено терміном на один рік, а саме до «___</w:t>
             </w:r>
             <w:r w:rsidRPr="007C2A07">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
@@ -6510,51 +6524,51 @@
             <w:r w:rsidRPr="000C0009">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> or till full fulfillment of obligations by the Parties in terms of mutual settlement of accounts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00C4698D" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="007C2A07" w:rsidRPr="00CC742D" w:rsidRDefault="007C2A07" w:rsidP="007C2A07">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>інші умови</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRPr="006D2908" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="11"/>
@@ -8192,51 +8206,51 @@
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0098668C" w:rsidRPr="0098668C" w:rsidRDefault="0098668C" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00C4698D" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0098668C" w:rsidRPr="00CC742D" w:rsidRDefault="0098668C" w:rsidP="0098668C">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">9.    порядок </w:t>
             </w:r>
             <w:r w:rsidR="00B05F85">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ВИРІШЕННЯ СПОРІВ</w:t>
@@ -8305,51 +8319,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0098668C" w:rsidRPr="00466785" w:rsidRDefault="0098668C" w:rsidP="0098668C">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:ind w:left="357"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="002310C9" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0098668C" w:rsidRPr="005322C9" w:rsidRDefault="00B05F85" w:rsidP="0098668C">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32985">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Усі спори, розбіжності чи вимоги, які виникають із цього договору або у зв`язку з ним, зокрема, щодо його тлумачення, виконання, порушення, припинення чи недійсності підлягають вирішенню у Господарському суді м. Києва, якщо відповідачем є Центр або у Міжнародному комерційному арбітражному суді при Торгово-промисловій палаті України, якщо відповідачем є Заявник, згідно з його Регламентом. У разі подання сторонами </w:t>
             </w:r>
             <w:r w:rsidR="003A042A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Д</w:t>
@@ -8410,77 +8424,77 @@
               <w:t>Any dispute, discrepancy, or claim arising out of or relating to this Contract, in particular regarding its interpretation, execution, breach, termination or invalidity, shall be settled at Kyiv’s Economic Court, if the defendant is the Center or in the International Commercial Arbitration Court at the Ukrainian Chamber of Commerce and Industry, if the defendant is the Applicant, in accordance with its Rules. If the Parties to the Contract submit claims to each other, the dispute shall be heard in the judicial body that received the claim earlier. The law regulating this Contract shall be a substantive and procedural law of Ukraine. The Arbitration Court consists of a sole arbitrator. The place of the Arbitration court session shall be Kyiv. The language of arbitration proceedings shall be Ukrainian.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0098668C" w:rsidRPr="0098668C" w:rsidRDefault="0098668C" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00C4698D" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRDefault="0098668C" w:rsidP="00BD0A0D">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">  Обробка персональних даних</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003A042A" w:rsidRPr="003A042A" w:rsidRDefault="003A042A" w:rsidP="003A042A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
@@ -8503,92 +8517,91 @@
           </w:p>
           <w:p w:rsidR="0098668C" w:rsidRPr="0098668C" w:rsidRDefault="0098668C" w:rsidP="00466785">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00894178" w:rsidRPr="00894178" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>У</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>повноважені представники Сторін, підписавши цей Договір, надають згоду на обробку їх персональних даних та/або передачу їх третім особам для цілей, пов’язаних з виконанням умов цього договору, а також підтверджують, що попереджені про свої права, визначені Законом України «Про захист персональних даних», мету збору даних. Сторони вправі здійснювати обробку персональних даних як самостійно, так і доручивши розпоряднику бази персональних даних.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00894178" w:rsidRPr="00515BBF" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:ind w:left="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00894178" w:rsidRPr="0098668C" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
-              <w:pStyle w:val="a9"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="340" w:hanging="340"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="00894178" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
@@ -8739,114 +8752,122 @@
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D5C8A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сторони погодились, що порушення однією із Сторін вищевикладених зобов’язань може розц</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>інюватись як істотне порушення Д</w:t>
             </w:r>
             <w:r w:rsidRPr="001D5C8A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оговору, що надає право іншій Ст</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ороні на дострокове розірвання Договору</w:t>
+              <w:t xml:space="preserve">ороні на дострокове розірвання </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Договору</w:t>
             </w:r>
             <w:r w:rsidRPr="001D5C8A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> шляхом надсилання письмового повідомлення із обґрунтуванням та наданням доказів порушення антикорупційного законодавства. Сторони зобов'язуються не вимагати відшкодування збитків, які бу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ли заподіяні таким розірванням Д</w:t>
             </w:r>
             <w:r w:rsidRPr="001D5C8A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оговору</w:t>
             </w:r>
             <w:r w:rsidR="00515BBF">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00677358" w:rsidRPr="00CC742D" w:rsidRDefault="00677358" w:rsidP="00515BBF">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00515BBF" w:rsidRDefault="00515BBF" w:rsidP="00515BBF">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C156A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ANTI-CORRUPTION WARNING</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00515BBF" w:rsidRPr="008C156A" w:rsidRDefault="00515BBF" w:rsidP="00515BBF">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00515BBF" w:rsidRPr="008C156A" w:rsidRDefault="00515BBF" w:rsidP="00515BBF">
             <w:pPr>
               <w:ind w:left="422" w:hanging="422"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C156A">
@@ -9054,105 +9075,114 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C156A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
             <w:r w:rsidRPr="008C156A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
             <w:r w:rsidR="00D702F1" w:rsidRPr="000E339B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>The Parties have agreed that a violation                              of the obligations specified above by one                                        of the Parties may be regarded as a substantial breach    of the Contract, which gives the other Party the right to terminate the contract early by sending a written notice justifying and providing unquestionable evidence of a breach of anti-corruption legislation.  The Parties shall undertake not to claim compensation for damages caused by such termination of the Contract</w:t>
+              <w:t xml:space="preserve">The Parties have agreed that a violation                              of the obligations specified above by one                                        of the Parties may be regarded as a substantial breach    of the Contract, which gives the other Party </w:t>
+            </w:r>
+            <w:r w:rsidR="00D702F1" w:rsidRPr="000E339B">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>the right to terminate the contract early by sending a written notice justifying and providing unquestionable evidence of a breach of anti-corruption legislation.  The Parties shall undertake not to claim compensation for damages caused by such termination of the Contract</w:t>
             </w:r>
             <w:r w:rsidRPr="008C156A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00894178" w:rsidRPr="00894178" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRDefault="00124909" w:rsidP="00894178">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ЮРИДИЧНІ АДРЕСИ</w:t>
             </w:r>
             <w:r w:rsidR="00894178" w:rsidRPr="00124909">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> ТА РЕКВІЗИТИ СТОРІН</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00894178" w:rsidRPr="00466785" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRDefault="00894178" w:rsidP="00515BBF">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
@@ -9207,144 +9237,144 @@
       <w:tr w:rsidR="00894178" w:rsidRPr="00DE0D11" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="4962" w:type="dxa"/>
               <w:tblInd w:w="105" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2493"/>
               <w:gridCol w:w="2469"/>
             </w:tblGrid>
             <w:tr w:rsidR="00894178" w:rsidRPr="0011231D" w:rsidTr="0011231D">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2493" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="00894178" w:rsidRPr="0011231D" w:rsidRDefault="00894178" w:rsidP="0011231D">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Виконавець:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00894178" w:rsidRPr="0011231D" w:rsidRDefault="00894178" w:rsidP="00894178">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="00904843" w:rsidRPr="00904843" w:rsidRDefault="00904843" w:rsidP="00904843">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00904843">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">ДЕРЖАВНЕ ПІДПРИЄМСТВО </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00894178" w:rsidRPr="00904843" w:rsidRDefault="00904843" w:rsidP="00904843">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00904843">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>«ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00894178" w:rsidRPr="0011231D" w:rsidRDefault="00894178" w:rsidP="00894178">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="00894178" w:rsidRPr="00C92F43" w:rsidRDefault="005B0822" w:rsidP="00894178">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Юридична адреса</w:t>
                   </w:r>
                   <w:r w:rsidR="00894178" w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">: </w:t>
                   </w:r>
@@ -9411,51 +9441,51 @@
                   <w:r w:rsidR="00B7115A" w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00C92F43" w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Антона Цедіка</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>, 14</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00894178" w:rsidRPr="00C92F43" w:rsidRDefault="00D3028F" w:rsidP="00D3028F">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00894178" w:rsidRPr="005A7487" w:rsidRDefault="00894178" w:rsidP="00894178">
                   <w:pPr>
                     <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
@@ -9471,51 +9501,51 @@
                     <w:t xml:space="preserve">Адреса для листування: </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="005A7487" w:rsidRPr="005A7487" w:rsidRDefault="005A7487" w:rsidP="005A7487">
                   <w:pPr>
                     <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="005A7487">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>вул. Антона Цедіка, 14,</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="005A7487" w:rsidRPr="005A7487" w:rsidRDefault="005A7487" w:rsidP="005A7487">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="005A7487">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>м.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="005A7487">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="005A7487">
@@ -9729,89 +9759,89 @@
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B548B1">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>ІПН</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B548B1">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> 200157926550</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00894178" w:rsidRPr="0011231D" w:rsidRDefault="00894178" w:rsidP="0011231D">
                   <w:pPr>
-                    <w:pStyle w:val="BodyText2"/>
+                    <w:pStyle w:val="210"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2469" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="002F02CB" w:rsidRPr="0011231D" w:rsidRDefault="002F02CB" w:rsidP="0011231D">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>ЗАМОВНИК:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="002F02CB" w:rsidRPr="0011231D" w:rsidRDefault="002F02CB" w:rsidP="002F02CB">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="002F02CB" w:rsidRPr="0011231D" w:rsidRDefault="002F02CB" w:rsidP="002F02CB">
                   <w:pPr>
                     <w:pStyle w:val="a4"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -10015,200 +10045,200 @@
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="002F02CB" w:rsidRPr="0011231D" w:rsidRDefault="002F02CB" w:rsidP="002F02CB">
                   <w:pPr>
                     <w:pStyle w:val="a4"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Адреса для листування:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="002F02CB" w:rsidRPr="0011231D" w:rsidRDefault="002F02CB" w:rsidP="002F02CB">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>_____________________________________________________________________</w:t>
                   </w:r>
                   <w:r w:rsidR="001269F0" w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>______</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="002F02CB" w:rsidRPr="0011231D" w:rsidRDefault="002F02CB" w:rsidP="002F02CB">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Банківські реквізити:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="002F02CB" w:rsidRPr="0011231D" w:rsidRDefault="002F02CB" w:rsidP="002F02CB">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>_______________________</w:t>
                   </w:r>
                   <w:r w:rsidR="001269F0" w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>__</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="002F02CB" w:rsidRPr="0011231D" w:rsidRDefault="002F02CB" w:rsidP="002F02CB">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>_______________________</w:t>
                   </w:r>
                   <w:r w:rsidR="001269F0" w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>__</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="002F02CB" w:rsidRPr="0011231D" w:rsidRDefault="002F02CB" w:rsidP="002F02CB">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>_____________________________________________________________________</w:t>
                   </w:r>
                   <w:r w:rsidR="001269F0" w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>______</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="002F02CB" w:rsidRPr="0011231D" w:rsidRDefault="002F02CB" w:rsidP="002F02CB">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>_______________________</w:t>
                   </w:r>
                   <w:r w:rsidR="001269F0" w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>__</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00894178" w:rsidRPr="002E12BA" w:rsidRDefault="00AB1BF8" w:rsidP="00420DE9">
                   <w:pPr>
@@ -10240,51 +10270,50 @@
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="002F02CB" w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>____________________________________________</w:t>
                   </w:r>
                   <w:r w:rsidR="001269F0" w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>______</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00894178" w:rsidRPr="0098668C" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
-              <w:pStyle w:val="a9"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="340" w:hanging="340"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="4536" w:type="dxa"/>
               <w:tblInd w:w="132" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -11380,87 +11409,87 @@
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00894178" w:rsidRPr="00505AC4" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00894178" w:rsidRPr="00DE0D11" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="00E33FA8" w:rsidRDefault="00894178" w:rsidP="00E33FA8">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="00505AC4" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00894178" w:rsidRPr="00E33FA8" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="00E33FA8" w:rsidRDefault="00894178" w:rsidP="002E12BA">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="00E33FA8" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -11809,51 +11838,51 @@
             </w:r>
             <w:r w:rsidR="004F2BF4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>OVTUN</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00227BB8" w:rsidRPr="00343858" w:rsidRDefault="00227BB8" w:rsidP="00227BB8">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:left="110"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00894178" w:rsidRPr="00CC742D" w:rsidRDefault="00674399" w:rsidP="004B485F">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EB625E">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="00227BB8" w:rsidRPr="00343858">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>«_____»____________________ 20</w:t>
             </w:r>
             <w:r w:rsidR="000B7543">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -12078,51 +12107,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003A042A" w:rsidRPr="000B7543" w:rsidRDefault="003A042A" w:rsidP="00E20239">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00894178" w:rsidRPr="00AA42C5" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="00AA42C5" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:ind w:left="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="00AA42C5" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -12181,58 +12210,58 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003750EC" w:rsidRPr="00BD0A0D" w:rsidSect="00135BF3">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="899" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="9" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00610950" w:rsidRDefault="00610950">
+    <w:p w:rsidR="00F91C80" w:rsidRDefault="00F91C80">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00610950" w:rsidRDefault="00610950">
+    <w:p w:rsidR="00F91C80" w:rsidRDefault="00F91C80">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -12310,84 +12339,84 @@
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00777D75">
+    <w:r w:rsidR="000F0B55">
       <w:rPr>
         <w:rStyle w:val="a9"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00AD4CF9" w:rsidRDefault="00AD4CF9" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00610950" w:rsidRDefault="00610950">
+    <w:p w:rsidR="00F91C80" w:rsidRDefault="00F91C80">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00610950" w:rsidRDefault="00610950">
+    <w:p w:rsidR="00F91C80" w:rsidRDefault="00F91C80">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="010F3A2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5498B638"/>
     <w:lvl w:ilvl="0" w:tplc="04190017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="644"/>
         </w:tabs>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
@@ -18315,50 +18344,51 @@
     <w:rsidRoot w:val="008B1252"/>
     <w:rsid w:val="000053D9"/>
     <w:rsid w:val="0000717D"/>
     <w:rsid w:val="000111C9"/>
     <w:rsid w:val="00015730"/>
     <w:rsid w:val="00030B54"/>
     <w:rsid w:val="00044497"/>
     <w:rsid w:val="000459D6"/>
     <w:rsid w:val="0005481B"/>
     <w:rsid w:val="0005761E"/>
     <w:rsid w:val="0005776F"/>
     <w:rsid w:val="00063A31"/>
     <w:rsid w:val="00067355"/>
     <w:rsid w:val="0009610C"/>
     <w:rsid w:val="000A270A"/>
     <w:rsid w:val="000B45EA"/>
     <w:rsid w:val="000B7543"/>
     <w:rsid w:val="000B76B1"/>
     <w:rsid w:val="000C0009"/>
     <w:rsid w:val="000C35B1"/>
     <w:rsid w:val="000C4D05"/>
     <w:rsid w:val="000D3B59"/>
     <w:rsid w:val="000D4494"/>
     <w:rsid w:val="000E1534"/>
     <w:rsid w:val="000E40EE"/>
+    <w:rsid w:val="000F0B55"/>
     <w:rsid w:val="00100225"/>
     <w:rsid w:val="0011231D"/>
     <w:rsid w:val="001241C9"/>
     <w:rsid w:val="00124909"/>
     <w:rsid w:val="001253C6"/>
     <w:rsid w:val="001269F0"/>
     <w:rsid w:val="00135BF3"/>
     <w:rsid w:val="0014138E"/>
     <w:rsid w:val="0016592C"/>
     <w:rsid w:val="001664D7"/>
     <w:rsid w:val="001963F7"/>
     <w:rsid w:val="001A27B9"/>
     <w:rsid w:val="001A3280"/>
     <w:rsid w:val="001B04D0"/>
     <w:rsid w:val="001B3C0B"/>
     <w:rsid w:val="001B44B1"/>
     <w:rsid w:val="001D6C4E"/>
     <w:rsid w:val="001E11C2"/>
     <w:rsid w:val="001E27B1"/>
     <w:rsid w:val="001E2FAA"/>
     <w:rsid w:val="001E31D7"/>
     <w:rsid w:val="001E7686"/>
     <w:rsid w:val="00202193"/>
     <w:rsid w:val="00212BF5"/>
     <w:rsid w:val="00222C0B"/>
@@ -18724,119 +18754,164 @@
     <w:rsid w:val="00E800CC"/>
     <w:rsid w:val="00E81F50"/>
     <w:rsid w:val="00E858ED"/>
     <w:rsid w:val="00EA48D2"/>
     <w:rsid w:val="00EB21C9"/>
     <w:rsid w:val="00EB625E"/>
     <w:rsid w:val="00EC3A8E"/>
     <w:rsid w:val="00EC45FC"/>
     <w:rsid w:val="00ED2E3E"/>
     <w:rsid w:val="00ED385F"/>
     <w:rsid w:val="00ED604E"/>
     <w:rsid w:val="00EE61CE"/>
     <w:rsid w:val="00EF545F"/>
     <w:rsid w:val="00F03BA6"/>
     <w:rsid w:val="00F07452"/>
     <w:rsid w:val="00F11743"/>
     <w:rsid w:val="00F21F86"/>
     <w:rsid w:val="00F25B75"/>
     <w:rsid w:val="00F35DDC"/>
     <w:rsid w:val="00F37627"/>
     <w:rsid w:val="00F427D2"/>
     <w:rsid w:val="00F44268"/>
     <w:rsid w:val="00F54AAE"/>
     <w:rsid w:val="00F77F83"/>
     <w:rsid w:val="00F905FA"/>
+    <w:rsid w:val="00F91C80"/>
     <w:rsid w:val="00FA5E17"/>
     <w:rsid w:val="00FB0591"/>
     <w:rsid w:val="00FB1B43"/>
     <w:rsid w:val="00FC17C1"/>
     <w:rsid w:val="00FC6FDC"/>
     <w:rsid w:val="00FD0EAB"/>
     <w:rsid w:val="00FD10FF"/>
     <w:rsid w:val="00FD2401"/>
     <w:rsid w:val="00FE19BB"/>
     <w:rsid w:val="00FE2FEC"/>
     <w:rsid w:val="00FE7D40"/>
     <w:rsid w:val="00FF64B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8D2138E7-DBD4-46FF-B2F5-8AFCD3AEDB2A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -19035,68 +19110,74 @@
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal1"/>
     <w:next w:val="Normal1"/>
     <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="008B1252"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="008B1252"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="008B1252"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal3">
@@ -19190,102 +19271,102 @@
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="11"/>
     <w:rsid w:val="007A5509"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="009E2EBD"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="00F03BA6"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00B101F1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal4">
     <w:name w:val="Normal4"/>
     <w:rsid w:val="003154A9"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст у виносці Знак"/>
     <w:link w:val="a4"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD2401"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхній колонтитул Знак"/>
     <w:link w:val="a6"/>
     <w:rsid w:val="008F608B"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText2">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Основний текст 21"/>
+    <w:basedOn w:val="12"/>
     <w:rsid w:val="0098668C"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:link w:val="1"/>
     <w:rsid w:val="00674399"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="62728268">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
@@ -19408,51 +19489,50 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2143189253">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -19686,62 +19766,62 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A09283E3-E8D4-4CA4-AD4F-E4D06AF22A69}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6B88589-6019-483E-9EA4-4300D5823A88}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
+  <Pages>7</Pages>
   <Words>5689</Words>
   <Characters>32428</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>270</Lines>
   <Paragraphs>76</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ДОГОВІР  № ________</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>38041</CharactersWithSpaces>