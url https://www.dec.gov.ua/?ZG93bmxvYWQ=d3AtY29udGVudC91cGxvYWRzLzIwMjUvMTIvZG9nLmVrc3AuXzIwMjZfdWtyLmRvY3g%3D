--- v0 (2025-12-24)
+++ v1 (2026-02-25)
@@ -39,52 +39,50 @@
       </w:tblGrid>
       <w:tr w:rsidR="00222AC0" w:rsidRPr="00EF144C" w:rsidTr="0074748D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00222AC0" w:rsidRPr="00EF144C" w:rsidRDefault="00222AC0" w:rsidP="00CB1B16">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00EF144C">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">ДОГОВІР  </w:t>
             </w:r>
             <w:r w:rsidRPr="00EF144C">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
             <w:r w:rsidR="008E6513">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>_____</w:t>
             </w:r>
@@ -425,56 +423,65 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>діє на підставі</w:t>
             </w:r>
             <w:r w:rsidR="005E3904">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005E3904" w:rsidRPr="006A0F1B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">довіреності </w:t>
             </w:r>
             <w:r w:rsidR="00907303" w:rsidRPr="006A0F1B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:r w:rsidR="005D11CD">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00A55AA7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00CB1B16">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00CB1B16" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00222AC0" w:rsidRPr="00B04247">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>з одного боку, та</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -3369,51 +3376,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="004D2757" w:rsidRPr="00A57189" w:rsidRDefault="004D2757" w:rsidP="004339B4">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C2695D" w:rsidRPr="001443AC" w:rsidTr="0074748D">
+      <w:tr w:rsidR="00C2695D" w:rsidRPr="005D11CD" w:rsidTr="0074748D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00C2695D" w:rsidRDefault="00C2695D" w:rsidP="000A55C8">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="15"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5880,51 +5887,51 @@
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ЗАМОВНИК:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B12BDD" w:rsidRPr="00EC1A79" w:rsidTr="007200E0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2500" w:type="pct"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="007A355E" w:rsidRPr="00CC742D" w:rsidRDefault="007A355E" w:rsidP="007A355E">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДЕРЖАВНЕ ПІДПРИЄМСТВО</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -7293,58 +7300,58 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F13EDA" w:rsidRPr="00F13EDA" w:rsidSect="00916320">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="510" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001C2E14" w:rsidRDefault="001C2E14">
+    <w:p w:rsidR="00B74150" w:rsidRDefault="00B74150">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001C2E14" w:rsidRDefault="001C2E14">
+    <w:p w:rsidR="00B74150" w:rsidRDefault="00B74150">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -7414,83 +7421,83 @@
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="008A586D">
+    <w:r w:rsidR="005D11CD">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00CC477B" w:rsidRDefault="00CC477B">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001C2E14" w:rsidRDefault="001C2E14">
+    <w:p w:rsidR="00B74150" w:rsidRDefault="00B74150">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001C2E14" w:rsidRDefault="001C2E14">
+    <w:p w:rsidR="00B74150" w:rsidRDefault="00B74150">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="009218C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CF6C872"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="1.1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -12434,50 +12441,51 @@
     <w:rsid w:val="004431C2"/>
     <w:rsid w:val="0047479A"/>
     <w:rsid w:val="004A18C8"/>
     <w:rsid w:val="004A4F67"/>
     <w:rsid w:val="004A653C"/>
     <w:rsid w:val="004B3808"/>
     <w:rsid w:val="004B4533"/>
     <w:rsid w:val="004C53F9"/>
     <w:rsid w:val="004D2757"/>
     <w:rsid w:val="004D71C7"/>
     <w:rsid w:val="004E2480"/>
     <w:rsid w:val="004E63D7"/>
     <w:rsid w:val="0050638E"/>
     <w:rsid w:val="00522682"/>
     <w:rsid w:val="00545796"/>
     <w:rsid w:val="00545973"/>
     <w:rsid w:val="005539CA"/>
     <w:rsid w:val="005569AB"/>
     <w:rsid w:val="0056583F"/>
     <w:rsid w:val="0059134E"/>
     <w:rsid w:val="005A129B"/>
     <w:rsid w:val="005A7774"/>
     <w:rsid w:val="005B0ADD"/>
     <w:rsid w:val="005B3A3B"/>
     <w:rsid w:val="005B7314"/>
+    <w:rsid w:val="005D11CD"/>
     <w:rsid w:val="005D7553"/>
     <w:rsid w:val="005E3904"/>
     <w:rsid w:val="005E42BB"/>
     <w:rsid w:val="005E52D8"/>
     <w:rsid w:val="0061036B"/>
     <w:rsid w:val="00617B5D"/>
     <w:rsid w:val="00624465"/>
     <w:rsid w:val="0066049D"/>
     <w:rsid w:val="00662BA6"/>
     <w:rsid w:val="00665578"/>
     <w:rsid w:val="00684F7E"/>
     <w:rsid w:val="006A0F1B"/>
     <w:rsid w:val="006A1222"/>
     <w:rsid w:val="006A6C03"/>
     <w:rsid w:val="006B0D62"/>
     <w:rsid w:val="006B4028"/>
     <w:rsid w:val="00707E55"/>
     <w:rsid w:val="007121DE"/>
     <w:rsid w:val="007200E0"/>
     <w:rsid w:val="00723E88"/>
     <w:rsid w:val="007306B1"/>
     <w:rsid w:val="00731C85"/>
     <w:rsid w:val="0074082D"/>
     <w:rsid w:val="00743DEF"/>
     <w:rsid w:val="0074748D"/>
@@ -12536,50 +12544,51 @@
     <w:rsid w:val="00A141D4"/>
     <w:rsid w:val="00A416A2"/>
     <w:rsid w:val="00A4411A"/>
     <w:rsid w:val="00A55AA7"/>
     <w:rsid w:val="00A57189"/>
     <w:rsid w:val="00A60B50"/>
     <w:rsid w:val="00A637ED"/>
     <w:rsid w:val="00A66D50"/>
     <w:rsid w:val="00A840B0"/>
     <w:rsid w:val="00A9455E"/>
     <w:rsid w:val="00A95696"/>
     <w:rsid w:val="00AA3555"/>
     <w:rsid w:val="00AD4255"/>
     <w:rsid w:val="00AF62D0"/>
     <w:rsid w:val="00B04247"/>
     <w:rsid w:val="00B067D0"/>
     <w:rsid w:val="00B07392"/>
     <w:rsid w:val="00B12BDD"/>
     <w:rsid w:val="00B27F6A"/>
     <w:rsid w:val="00B35A52"/>
     <w:rsid w:val="00B37B8F"/>
     <w:rsid w:val="00B44738"/>
     <w:rsid w:val="00B60B8F"/>
     <w:rsid w:val="00B667B2"/>
     <w:rsid w:val="00B7055D"/>
+    <w:rsid w:val="00B74150"/>
     <w:rsid w:val="00B80D56"/>
     <w:rsid w:val="00B927E1"/>
     <w:rsid w:val="00BB4BB8"/>
     <w:rsid w:val="00BB4DE4"/>
     <w:rsid w:val="00BF0805"/>
     <w:rsid w:val="00C259BB"/>
     <w:rsid w:val="00C2695D"/>
     <w:rsid w:val="00C30FEA"/>
     <w:rsid w:val="00C41323"/>
     <w:rsid w:val="00C4219E"/>
     <w:rsid w:val="00C445F7"/>
     <w:rsid w:val="00C45676"/>
     <w:rsid w:val="00C47FE3"/>
     <w:rsid w:val="00C558DC"/>
     <w:rsid w:val="00C56B1E"/>
     <w:rsid w:val="00C57DB7"/>
     <w:rsid w:val="00C60CB0"/>
     <w:rsid w:val="00C8298F"/>
     <w:rsid w:val="00C8455E"/>
     <w:rsid w:val="00C9027C"/>
     <w:rsid w:val="00CA165E"/>
     <w:rsid w:val="00CA5C32"/>
     <w:rsid w:val="00CB071B"/>
     <w:rsid w:val="00CB1B16"/>
     <w:rsid w:val="00CB4512"/>
@@ -12643,51 +12652,51 @@
     <w:rsid w:val="00F86D76"/>
     <w:rsid w:val="00FB080D"/>
     <w:rsid w:val="00FB6FBA"/>
     <w:rsid w:val="00FC0E79"/>
     <w:rsid w:val="00FC6B7C"/>
     <w:rsid w:val="00FD00E5"/>
     <w:rsid w:val="00FD6DF4"/>
     <w:rsid w:val="00FD6F53"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{FD76DCF2-DFA0-4262-BDE9-035568D65064}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
@@ -13076,50 +13085,51 @@
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00121A32"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
@@ -13208,62 +13218,62 @@
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00AD4255"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:semiHidden/>
     <w:rsid w:val="00D67AEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00047571"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="007A355E"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText2">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Основний текст 21"/>
+    <w:basedOn w:val="12"/>
     <w:rsid w:val="007A355E"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="118500928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>