--- v0 (2025-12-24)
+++ v1 (2026-02-25)
@@ -375,110 +375,110 @@
               <w:t xml:space="preserve">ДЕРЖАВНЕ ПІДПРИЄМСТВО «ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА </w:t>
             </w:r>
             <w:r w:rsidR="009F77BF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                   </w:t>
             </w:r>
             <w:r w:rsidRPr="00823872">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B6CAA" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>іменований</w:t>
             </w:r>
             <w:r w:rsidR="009F77BF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                         </w:t>
             </w:r>
-            <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B6CAA" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> далі «Виконавець»,</w:t>
             </w:r>
             <w:r w:rsidR="008F18C3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B6CAA" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">що є платником податку </w:t>
             </w:r>
             <w:r w:rsidR="009F77BF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                                  </w:t>
             </w:r>
-            <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B6CAA" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>на прибуток</w:t>
             </w:r>
             <w:r w:rsidR="008F18C3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B6CAA" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">за основною ставкою згідно п. 136.1 ст. 136 ПКУ, в особі </w:t>
             </w:r>
             <w:r w:rsidR="005E0A77">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">директора </w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Департаменту фінансово-економічної</w:t>
             </w:r>
             <w:r w:rsidR="005E0A77">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> та адміністративно-господарської </w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="00CC742D">
@@ -516,75 +516,82 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>діє на підставі довіреності від</w:t>
             </w:r>
             <w:r w:rsidR="009F77BF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                         </w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00DC28B8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00B67607">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00B67607" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B6CAA" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>з одного боку, та</w:t>
             </w:r>
             <w:r w:rsidR="00DC28B8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> __</w:t>
             </w:r>
             <w:r w:rsidR="000C34CB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
             <w:r w:rsidR="007E1E99">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
             <w:r w:rsidR="000C34CB">
@@ -608,115 +615,115 @@
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00FC3758">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>____</w:t>
             </w:r>
             <w:r w:rsidR="005B37FF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00727A3E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B6CAA" w:rsidRPr="00965604" w:rsidRDefault="006B6CAA" w:rsidP="006B6CAA">
+          <w:p w:rsidR="006B6CAA" w:rsidRPr="00E6320D" w:rsidRDefault="006B6CAA" w:rsidP="006B6CAA">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_________________________________________________,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B6CAA" w:rsidRPr="00965604" w:rsidRDefault="006B6CAA" w:rsidP="006B6CAA">
+          <w:p w:rsidR="006B6CAA" w:rsidRPr="00E6320D" w:rsidRDefault="006B6CAA" w:rsidP="006B6CAA">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>іменований далі «Замовник», від імені якого __________________________________________________діє на території України, в особі _____________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B6CAA" w:rsidRPr="00965604" w:rsidRDefault="006B6CAA" w:rsidP="006B6CAA">
+          <w:p w:rsidR="006B6CAA" w:rsidRPr="00E6320D" w:rsidRDefault="006B6CAA" w:rsidP="006B6CAA">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_________________________________________________, на підставі _______________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A830C7" w:rsidRPr="00965604" w:rsidRDefault="006B6CAA" w:rsidP="006B6CAA">
+          <w:p w:rsidR="00A830C7" w:rsidRPr="00E6320D" w:rsidRDefault="006B6CAA" w:rsidP="006B6CAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_________________________________________________, з іншого боку, іменовані надалі «Сторони»,                         уклали    даний Договір про наступне:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="006B6CAA" w:rsidRPr="004972A9" w:rsidRDefault="004972A9" w:rsidP="006B6CAA">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:ind w:firstLine="434"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00420DE9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -800,56 +807,63 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="002A47EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Kovtun, Director, Financial, Economic and Administrative </w:t>
             </w:r>
             <w:r w:rsidR="00727A3E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Work</w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="002A47EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Department, acting according to the Power of Attorney of </w:t>
             </w:r>
+            <w:r w:rsidR="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00DC28B8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00B67607">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="000C34CB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D4C64">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">on the one part, </w:t>
             </w:r>
             <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -1101,157 +1115,157 @@
               </w:rPr>
               <w:t>SUBJECT OF THE CONTRACT</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004913D7" w:rsidRPr="00965604" w:rsidRDefault="004913D7" w:rsidP="004913D7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:spacing w:line="269" w:lineRule="auto"/>
               <w:ind w:left="720"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="008B1252" w:rsidRPr="00965604" w:rsidRDefault="00C4698D" w:rsidP="00414665">
+          <w:p w:rsidR="008B1252" w:rsidRPr="00E6320D" w:rsidRDefault="00C4698D" w:rsidP="00414665">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1. </w:t>
             </w:r>
-            <w:r w:rsidR="00790899" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00790899" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Виконавець зобов’язується за дорученням Замовника здійснити експертизу наданих Замовником </w:t>
             </w:r>
-            <w:r w:rsidR="00362727" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00362727" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
-            <w:r w:rsidR="00790899" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00790899" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">матеріалів реєстраційних досьє на лікарські </w:t>
             </w:r>
-            <w:r w:rsidR="00362727" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00362727" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                   </w:t>
             </w:r>
-            <w:r w:rsidR="00790899" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00790899" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>засоби згідно з Рахунками-Специфікаціями,</w:t>
             </w:r>
-            <w:r w:rsidR="00362727" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00362727" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                       </w:t>
             </w:r>
-            <w:r w:rsidR="00790899" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00790899" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> що є невід`ємною складовою частиною </w:t>
             </w:r>
-            <w:r w:rsidR="00362727" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00362727" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                          </w:t>
             </w:r>
-            <w:r w:rsidR="00790899" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00790899" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">цього Договору, а Замовник – прийняти та </w:t>
             </w:r>
-            <w:r w:rsidR="00362727" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00362727" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
-            <w:r w:rsidR="00790899" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00790899" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">оплатити надані послуги на умовах даного </w:t>
             </w:r>
-            <w:r w:rsidR="00362727" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00362727" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                 </w:t>
             </w:r>
-            <w:r w:rsidR="00790899" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00790899" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Договору.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00965604" w:rsidRDefault="00C4698D" w:rsidP="006B6CAA">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="434"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
@@ -1583,206 +1597,203 @@
             </w:r>
             <w:r w:rsidR="008B1595" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> of expert </w:t>
             </w:r>
             <w:r w:rsidR="00535F1A" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B1595" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>evaluation</w:t>
             </w:r>
-            <w:r w:rsidR="00BD2895">
+            <w:r w:rsidR="00BD2895" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                                     </w:t>
             </w:r>
             <w:r w:rsidR="008B1595" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> of materials</w:t>
             </w:r>
             <w:r w:rsidR="00535F1A" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> is completed the Parties may</w:t>
             </w:r>
             <w:r w:rsidR="00362727" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00BD2895">
+            <w:r w:rsidR="00BD2895" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                               </w:t>
             </w:r>
             <w:r w:rsidR="00AB1C97" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>с</w:t>
             </w:r>
             <w:r w:rsidR="00C16105" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>onfirm</w:t>
             </w:r>
             <w:r w:rsidR="00BC0394" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DB788F" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>its</w:t>
             </w:r>
             <w:r w:rsidR="008B1595" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> performance by appropriate </w:t>
             </w:r>
-            <w:r w:rsidR="00BD2895">
+            <w:r w:rsidR="00BD2895" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                             </w:t>
             </w:r>
             <w:r w:rsidR="00362727" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="008B1595" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>documents</w:t>
             </w:r>
             <w:r w:rsidR="00624795" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidRDefault="00C4698D" w:rsidP="003D15E7">
+          <w:p w:rsidR="009C30F7" w:rsidRPr="00E6320D" w:rsidRDefault="00C4698D" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidR="00790899" w:rsidRPr="00965604">
+            <w:r w:rsidR="00790899" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Вартість послуг ТА ПОРЯДОК РОЗРАХУНКІВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRDefault="004F4CE0" w:rsidP="006B6CAA">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1364"/>
                 <w:tab w:val="num" w:pos="794"/>
               </w:tabs>
               <w:ind w:left="846" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1830,88 +1841,88 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> PROCEDURE</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004913D7" w:rsidRPr="00965604" w:rsidRDefault="004913D7" w:rsidP="004913D7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:left="846"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidRDefault="00790899" w:rsidP="00D83A5A">
+          <w:p w:rsidR="009C30F7" w:rsidRPr="00E6320D" w:rsidRDefault="00790899" w:rsidP="00D83A5A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Вартість послуг визначається </w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Рахунками-Специфікаціями, виданими Виконавцем, які є невід’ємною частиною даного Договору та вважаються узгодженими, якщо Замовник протягом 10 (десяти) календарних днів не надасть відповідних заперечень.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidRDefault="004F4CE0" w:rsidP="00283F2C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -2019,72 +2030,72 @@
             </w:r>
             <w:r w:rsidR="00362727" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                   </w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>not give reasonable objections within 10 (ten) calendar days.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidRDefault="006965A6" w:rsidP="00D83A5A">
+          <w:p w:rsidR="009C30F7" w:rsidRPr="00E6320D" w:rsidRDefault="006965A6" w:rsidP="00D83A5A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Замовник має право в односторонньому порядку визначити платника за даним Договором, про що письмово повідомляє Виконавця відповідно до чинного законодавства України.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidRDefault="006965A6" w:rsidP="003D15E7">
             <w:pPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -2093,94 +2104,94 @@
             </w:r>
             <w:r w:rsidR="000E41BF" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> of Ukraine</w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006965A6" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="006965A6" w:rsidRPr="00965604" w:rsidRDefault="006965A6" w:rsidP="003D15E7">
+          <w:p w:rsidR="006965A6" w:rsidRPr="00E6320D" w:rsidRDefault="006965A6" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>У Рахунку-Специфікації визначається зміст, валюта платежу, обсяги та вартість послуг з проведення</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> експертизи матеріалів </w:t>
             </w:r>
-            <w:r w:rsidR="00A56342" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00A56342" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">реєстраційних досьє </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>та зазначається платник.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="006965A6" w:rsidRPr="00965604" w:rsidRDefault="006965A6" w:rsidP="00900317">
             <w:pPr>
               <w:pStyle w:val="Normal3"/>
               <w:ind w:left="434" w:hanging="434"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -2189,104 +2200,104 @@
             </w:r>
             <w:r w:rsidR="0035633D" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> of registration dossiers</w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, and Payer are specified in the Invoice-Specification.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00756EB9" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00756EB9" w:rsidRPr="00965604" w:rsidRDefault="00756EB9" w:rsidP="003D15E7">
+          <w:p w:rsidR="00756EB9" w:rsidRPr="00E6320D" w:rsidRDefault="00756EB9" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Розрахунки здійснюються у валюті:</w:t>
             </w:r>
-            <w:r w:rsidR="00900317" w:rsidRPr="00965604">
+            <w:r w:rsidR="00900317" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> долар США та/або Євро</w:t>
             </w:r>
-            <w:r w:rsidR="006965A6" w:rsidRPr="00965604">
+            <w:r w:rsidR="006965A6" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> та/або грн</w:t>
             </w:r>
-            <w:r w:rsidR="00900317" w:rsidRPr="00965604">
+            <w:r w:rsidR="00900317" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00756EB9" w:rsidRPr="00965604" w:rsidRDefault="00B07915" w:rsidP="006B6CAA">
             <w:pPr>
               <w:pStyle w:val="Normal3"/>
               <w:ind w:left="434" w:hanging="434"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -2310,98 +2321,98 @@
             <w:r w:rsidR="00AE17C3" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Payment is made in currency: US dollar and/or     Euro and/or UAH.</w:t>
             </w:r>
             <w:r w:rsidR="00AE17C3" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidRDefault="00790899" w:rsidP="00D83A5A">
+          <w:p w:rsidR="009C30F7" w:rsidRPr="00E6320D" w:rsidRDefault="00790899" w:rsidP="00D83A5A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Загальна вартість Договору визначається як сума вартості послуг, визначених у Рахунках-Специфікаціях, укладених відповідно до умов даного Договору протягом терміну його дії.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004519A7" w:rsidRPr="00A903C6" w:rsidRDefault="00AE17C3" w:rsidP="00AE17C3">
+          <w:p w:rsidR="004519A7" w:rsidRPr="00E6320D" w:rsidRDefault="00AE17C3" w:rsidP="00AE17C3">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Усі витрати (комісія, переказ коштів та інші), пов’язані з оплатою послуг, передбачених у Рахунках-Специфікаціях, покладаються на Замовника, який оплачує їх згідно з виставленими Виконавцем Рахунками-Специфікаціями.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00AE17C3" w:rsidRPr="00965604" w:rsidRDefault="005D347F" w:rsidP="00CD6D89">
             <w:pPr>
               <w:pStyle w:val="Normal3"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -2501,160 +2512,160 @@
             </w:r>
             <w:r w:rsidR="00CD6D89" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>money</w:t>
             </w:r>
             <w:r w:rsidR="0072746C" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> transfer etc.) pertinent to the payment of services envisaged in Invoices-Specifications shall be at the expense of the Customer which pays them according to Invoices-Specifications issued by the Performer.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="0074632E" w:rsidRPr="00965604" w:rsidRDefault="00AE17C3" w:rsidP="00AE17C3">
+          <w:p w:rsidR="0074632E" w:rsidRPr="00E6320D" w:rsidRDefault="00AE17C3" w:rsidP="00AE17C3">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Початком надання Виконавцем послуг з проведення попередньої та спеціалізованої експертизи матеріалів реєстраційних досьє на лікарські</w:t>
             </w:r>
-            <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
+            <w:r w:rsidR="006B6CAA" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                 </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> засоби вважається виконання Замовником наступних умов, таких як, 100% попередня</w:t>
             </w:r>
-            <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
+            <w:r w:rsidR="006B6CAA" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                       </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> оплата Замовником вартості надання послуг, передбачених пунктом 1.1</w:t>
             </w:r>
-            <w:r w:rsidR="00307CCF" w:rsidRPr="00965604">
+            <w:r w:rsidR="00307CCF" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Договору</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>, оплата збору за</w:t>
             </w:r>
-            <w:r w:rsidR="00A56342" w:rsidRPr="00965604">
+            <w:r w:rsidR="00A56342" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00791AC0" w:rsidRPr="00965604">
+            <w:r w:rsidR="00791AC0" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>державну</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> реєстрацію (перереєстрацію) лікарських засобів, та надання матеріалів</w:t>
             </w:r>
-            <w:r w:rsidR="00307CCF" w:rsidRPr="00965604">
+            <w:r w:rsidR="00307CCF" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> реєстраційного досьє</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> відповідно до вимог, визначених чинним законодавством.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidRDefault="005D347F" w:rsidP="007E4C13">
             <w:pPr>
               <w:pStyle w:val="Normal3"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -2754,72 +2765,72 @@
             </w:r>
             <w:r w:rsidR="007E4C13" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>current</w:t>
             </w:r>
             <w:r w:rsidR="00AC2184" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> legislation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A0B0D" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009A0B0D" w:rsidRPr="00965604" w:rsidRDefault="00AE17C3" w:rsidP="00D83A5A">
+          <w:p w:rsidR="009A0B0D" w:rsidRPr="00E6320D" w:rsidRDefault="00AE17C3" w:rsidP="00D83A5A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Сторони домовилися, що у випадку підвищення розцінок на послуги, що надаються Виконавцем (внаслідок дій державних органів, в тому числі таких, які негативно впливають на можливість здійснення нормальної господарської діяльності в Україні та галузі, впливу індексу інфляції, а також будь-яких інших обставин), до моменту здійснення їх оплати Замовником Виконавець має право в односторонньому порядку змінити вартість послуг, що надаються відповідно до умов даного Договору, шляхом направлення скоригованого Рахунку-Специфікації на адресу Замовника.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009A0B0D" w:rsidRPr="00965604" w:rsidRDefault="003F50A4" w:rsidP="000A0CBC">
             <w:pPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2871,114 +2882,114 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r w:rsidR="0029472C" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> the Customer‘s address.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A0B0D" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009A0B0D" w:rsidRPr="00965604" w:rsidRDefault="00AE17C3" w:rsidP="00D83A5A">
+          <w:p w:rsidR="009A0B0D" w:rsidRPr="00E6320D" w:rsidRDefault="00AE17C3" w:rsidP="00D83A5A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">У разі, якщо Замовник не надає                  Виконавцеві матеріали реєстраційного                                     досьє в повному обсязі відповідно до вимог                           та строків, визначених чинним законодавством,                       а Виконавець з вини Замовника, не в змозі                   завершити надання послуг щодо проведення розпочатої експертизи матеріалів </w:t>
             </w:r>
-            <w:r w:rsidR="008C3023" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="008C3023" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">реєстраційного досьє згідно </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">відповідної </w:t>
             </w:r>
-            <w:r w:rsidR="008C3023" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="008C3023" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>реєстраційної форми лікарського засобу</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, зобов’язання Виконавця за даним Договором вважаються виконаними у повному обсязі, а </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>вартість надання послуг у вигляді 100% передплати</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Замовнику не повертаються.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009A0B0D" w:rsidRPr="00965604" w:rsidRDefault="003F50A4" w:rsidP="007E4C13">
             <w:pPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3062,107 +3073,107 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> to the Customer</w:t>
             </w:r>
             <w:r w:rsidR="008A3D3C" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A0B0D" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009A0B0D" w:rsidRPr="00965604" w:rsidRDefault="00AE17C3" w:rsidP="003D15E7">
+          <w:p w:rsidR="009A0B0D" w:rsidRPr="00E6320D" w:rsidRDefault="00AE17C3" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>. У разі, якщо Замовник у випадках, передбачених нормативними документами, не надає Виконавцеві матеріали реєстраційного досьє в установлені чинним законодавством строки, а Виконавець з вини Замовника не в змозі розпочати проведення експертизи матеріалів</w:t>
             </w:r>
-            <w:r w:rsidR="001A6164" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="001A6164" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00791AC0" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00791AC0" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>реєстраційних досьє</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">вартість надання послуг у вигляді 100% передплати не повертається, але </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>за бажанням Замовника, може бути використана для оплати інших послуг, окрім випадків, що стосуються проведення експертизи матеріалів щодо внесення змін до реєстраційних матеріалів протягом дії реєстраційного посвідчення на лікарський засіб.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008A3D3C" w:rsidRPr="00965604" w:rsidRDefault="00C27D02" w:rsidP="008A3D3C">
             <w:pPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
@@ -3594,138 +3605,138 @@
             <w:r w:rsidR="006C1537" w:rsidRPr="004913D7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006C1537" w:rsidRPr="004913D7" w:rsidRDefault="006C1537" w:rsidP="00A71E34">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">протягом 5 (п‘яти) </w:t>
             </w:r>
-            <w:r w:rsidR="00935C14" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00935C14" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">календарних </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>днів з дати отримання Акт</w:t>
             </w:r>
-            <w:r w:rsidR="00AB5E80" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00AB5E80" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>у</w:t>
             </w:r>
-            <w:r w:rsidR="004913D7">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="004913D7" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001A6164" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="001A6164" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>здачі-приймання</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001A6164" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="001A6164" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">робіт (надання послуг) </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>направити на адресу Вико</w:t>
             </w:r>
-            <w:r w:rsidR="00AB5E80" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00AB5E80" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>навця один примірник такого акту</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>, оформлений належним чином (підписаного та скріпленого печаткою)</w:t>
             </w:r>
-            <w:r w:rsidR="001A6164" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="001A6164" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidRPr="004913D7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">У разі неотримання Виконавцем у зазначений термін </w:t>
             </w:r>
             <w:r w:rsidR="003F734C" w:rsidRPr="004913D7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>підписаного Замовником Акт</w:t>
             </w:r>
             <w:r w:rsidR="00AB5E80" w:rsidRPr="004913D7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>у</w:t>
             </w:r>
             <w:r w:rsidR="003F734C" w:rsidRPr="004913D7">
@@ -3844,120 +3855,120 @@
               </w:rPr>
               <w:t>надавши</w:t>
             </w:r>
             <w:r w:rsidR="006C1537" w:rsidRPr="004913D7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> довіреність, підписану керівни</w:t>
             </w:r>
             <w:r w:rsidR="003D727F" w:rsidRPr="004913D7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ком</w:t>
             </w:r>
             <w:r w:rsidR="006C1537" w:rsidRPr="004913D7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> Замовника або уповноваженою ним особою), у тому числі, електронних ключів (логін/пароль) доступу;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C1537" w:rsidRPr="00965604" w:rsidRDefault="006C1537" w:rsidP="00A71E34">
+          <w:p w:rsidR="006C1537" w:rsidRPr="00E6320D" w:rsidRDefault="006C1537" w:rsidP="00A71E34">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>у разі зміни особи</w:t>
             </w:r>
-            <w:r w:rsidR="005D05D5" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="005D05D5" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, відповідальної за безпосереднє здійснення взаємодії Замовника з Виконавцем </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">письмово повідомити Виконавця </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">протягом </w:t>
             </w:r>
-            <w:r w:rsidR="00454E2C" w:rsidRPr="00965604">
+            <w:r w:rsidR="00454E2C" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                     </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>10 (десяти) календарних днів</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604" w:rsidDel="00C30FEA">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D" w:rsidDel="00C30FEA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>з дня зміни такої особи;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004913D7" w:rsidRDefault="006C1537" w:rsidP="006408DB">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004913D7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
@@ -5163,171 +5174,192 @@
               </w:rPr>
               <w:t>направити на</w:t>
             </w:r>
             <w:r w:rsidRPr="004913D7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> проведення за рахунок Замовника </w:t>
             </w:r>
             <w:r w:rsidR="005D05D5" w:rsidRPr="004913D7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">лабораторних </w:t>
             </w:r>
             <w:r w:rsidRPr="004913D7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">випробувань лікарських засобів щодо відтворюваності методів контролю якості; </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006C1537" w:rsidRPr="00965604" w:rsidRDefault="006C1537" w:rsidP="00454E2C">
+          <w:p w:rsidR="006C1537" w:rsidRPr="00E6320D" w:rsidRDefault="006C1537" w:rsidP="00454E2C">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="644"/>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...12 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">за запитом Замовника надати уповноваженій ним особі логін та пароль на право доступу до системи візуалізації на офіційному </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>web</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-сайті Виконавця з метою отримання інформації про стан проведення відповідних </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF659E" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">етапів </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>експерти</w:t>
             </w:r>
-            <w:r w:rsidR="00DF659E" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00DF659E" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>зи</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006C1537" w:rsidRPr="00965604" w:rsidRDefault="006C1537" w:rsidP="00454E2C">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="644"/>
                 <w:tab w:val="num" w:pos="394"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">вживати заходи щодо </w:t>
             </w:r>
-            <w:r w:rsidR="006B5F7E" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B5F7E" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>охорони конфіденційної ре</w:t>
             </w:r>
-            <w:r w:rsidR="00AB5E80" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00AB5E80" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>є</w:t>
             </w:r>
-            <w:r w:rsidR="006B5F7E" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B5F7E" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">страційної інформації та </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">захисту відомостей, </w:t>
             </w:r>
-            <w:r w:rsidR="006B5F7E" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B5F7E" w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>що</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> становлять комерційну таємницю Замовника та містяться в наданих Виконавцю матеріалах</w:t>
+            <w:r w:rsidRPr="00E6320D">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> становлять комерційну таємницю </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Замовника та містяться в наданих Виконавцю матеріалах</w:t>
             </w:r>
             <w:r w:rsidR="006B5F7E" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> реєстраційного досьє</w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006C1537" w:rsidRDefault="006C1537" w:rsidP="00454E2C">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="644"/>
@@ -6418,368 +6450,343 @@
               <w:pStyle w:val="BodyText1"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.  RESPONSIBILITIES OF THE PARTIES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CD3555" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00D83A5A" w:rsidRPr="00965604" w:rsidRDefault="000C35B1" w:rsidP="009E3D06">
+          <w:p w:rsidR="00D83A5A" w:rsidRPr="00E6320D" w:rsidRDefault="000C35B1" w:rsidP="009E3D06">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>За невиконання або неналежне виконання своїх зобов’язань, визначених пп. а), с) п. 3.1. Договору, Замовником</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">сплачується пеня у розмірі </w:t>
             </w:r>
-            <w:r w:rsidR="009E3D06" w:rsidRPr="00965604">
+            <w:r w:rsidR="009E3D06" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">подвійної облікової ставки НБУ від </w:t>
             </w:r>
-            <w:r w:rsidR="009E3D06" w:rsidRPr="00965604">
+            <w:r w:rsidR="009E3D06" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                            </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">вартості послуг, зазначеній у відповідних </w:t>
             </w:r>
-            <w:r w:rsidR="009E3D06" w:rsidRPr="00965604">
+            <w:r w:rsidR="009E3D06" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Рахунках-Специфікаціях, за кожний день </w:t>
             </w:r>
-            <w:r w:rsidR="009E3D06" w:rsidRPr="00965604">
+            <w:r w:rsidR="009E3D06" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                </w:t>
             </w:r>
-            <w:r w:rsidR="006B5F7E" w:rsidRPr="00965604">
+            <w:r w:rsidR="006B5F7E" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>прострочення</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C35B1" w:rsidRPr="00965604" w:rsidRDefault="00745396" w:rsidP="003D15E7">
+          <w:p w:rsidR="000C35B1" w:rsidRPr="00E6320D" w:rsidRDefault="00745396" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A57189">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>За невиконання або неналежне виконання</w:t>
             </w:r>
-            <w:r w:rsidR="001059F2">
+            <w:r w:rsidR="001059F2" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                        </w:t>
             </w:r>
             <w:r w:rsidRPr="00A57189">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> своїх зобов’язань за даним договором, </w:t>
             </w:r>
-            <w:r w:rsidR="001059F2">
+            <w:r w:rsidR="001059F2" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                        </w:t>
             </w:r>
             <w:r w:rsidRPr="00A57189">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Виконавець сплачує Замовнику пеню у </w:t>
             </w:r>
-            <w:r w:rsidR="001059F2">
+            <w:r w:rsidR="001059F2" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                                 </w:t>
             </w:r>
             <w:r w:rsidRPr="00A57189">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">розмірі 0,01% від суми відповідних невиконаних </w:t>
             </w:r>
-            <w:r w:rsidR="001059F2">
+            <w:r w:rsidR="001059F2" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                  </w:t>
             </w:r>
             <w:r w:rsidRPr="00A57189">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">або несвоєчасно виконаних зобов’язань за </w:t>
             </w:r>
-            <w:r w:rsidR="001059F2">
+            <w:r w:rsidR="001059F2" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                               </w:t>
             </w:r>
             <w:r w:rsidRPr="00A57189">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>кожен день прострочення, а за прострочення понад тридцять днів додатково стягується штраф у розмірі 1% від суми відповідних невиконаних або несвоєчасно виконаних зобов’язань</w:t>
             </w:r>
-            <w:r w:rsidR="000C35B1" w:rsidRPr="00965604">
+            <w:r w:rsidR="000C35B1" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C000EF" w:rsidRPr="00965604" w:rsidRDefault="000C35B1" w:rsidP="003D15E7">
+          <w:p w:rsidR="00C000EF" w:rsidRPr="00E6320D" w:rsidRDefault="000C35B1" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Сплата штрафних санкцій не звільняє Сторону, яка їх сплатила, від виконання зобов'язань за цим Договором.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD3555" w:rsidRPr="00965604" w:rsidRDefault="000C35B1" w:rsidP="003D15E7">
+          <w:p w:rsidR="00CD3555" w:rsidRPr="00E6320D" w:rsidRDefault="000C35B1" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="11"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>У випадках, не передбачених даним Договором, Сторони несуть відповідальність передбачену чинним законодавством України.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A71E34" w:rsidRPr="00965604" w:rsidRDefault="00A71E34" w:rsidP="00A71E34">
+          <w:p w:rsidR="00A71E34" w:rsidRPr="00E6320D" w:rsidRDefault="00A71E34" w:rsidP="00A71E34">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="004721CA" w:rsidRPr="001059F2" w:rsidRDefault="004721CA" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.1.</w:t>
             </w:r>
@@ -7037,381 +7044,351 @@
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PROTECTION OF CONFIDENTIAL INFORMATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
+          <w:p w:rsidR="009E2EBD" w:rsidRPr="00E6320D" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Обсяг документів, що містять конфіденційну інформацію, визначається відповідно до вимог чинного законодавства України.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
+          <w:p w:rsidR="009E2EBD" w:rsidRPr="00E6320D" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Під час проведення експертизи матеріалів</w:t>
             </w:r>
-            <w:r w:rsidR="000F5FC6" w:rsidRPr="00965604">
+            <w:r w:rsidR="000F5FC6" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> реєстраційного досьє</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> на лікарський засіб, що подаються на державну реєстрацію (перереєстрацію), а також експертизи матеріалів про внесення змін до реєстраційних матеріалів протягом дії реєстраційного посвідчення, Сторони зобов`язані забезпечити </w:t>
             </w:r>
-            <w:r w:rsidR="000F5FC6" w:rsidRPr="00965604">
+            <w:r w:rsidR="000F5FC6" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>охорону</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> конфіденційної</w:t>
             </w:r>
-            <w:r w:rsidR="000F5FC6" w:rsidRPr="00965604">
+            <w:r w:rsidR="000F5FC6" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> реєстраційної</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> інформації від розголошення і недобросовісного комерційного використання.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
+          <w:p w:rsidR="009E2EBD" w:rsidRPr="00E6320D" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Не допускається ознайомлення третіх осіб з </w:t>
             </w:r>
-            <w:r w:rsidR="000F5FC6" w:rsidRPr="00965604">
+            <w:r w:rsidR="000F5FC6" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">документами, що містять </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>конфіденційн</w:t>
             </w:r>
-            <w:r w:rsidR="004913D7">
+            <w:r w:rsidR="004913D7" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>у</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> інформацію</w:t>
             </w:r>
-            <w:r w:rsidR="000F5FC6" w:rsidRPr="00965604">
+            <w:r w:rsidR="000F5FC6" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> та конфіденційну реєстраційну інформацію</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, зняття копій з таких матеріалів на паперових, електронних або інших носіях без письмової згоди власника такої інформації чи в інших випадках, встановлених чинним законодавством.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
+          <w:p w:rsidR="009E2EBD" w:rsidRPr="00E6320D" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Не допускаються до роботи з документами, що містять конфіденційну </w:t>
             </w:r>
-            <w:r w:rsidR="000F5FC6" w:rsidRPr="00965604">
+            <w:r w:rsidR="000F5FC6" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">реєстраційну </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>інформацію, особи, які можуть мати конфлікт інтересів із Замовником.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="004913D7" w:rsidP="00D83A5A">
+          <w:p w:rsidR="009E2EBD" w:rsidRPr="00E6320D" w:rsidRDefault="004913D7" w:rsidP="00D83A5A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="14"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Встановлення </w:t>
             </w:r>
-            <w:r w:rsidR="009E2EBD" w:rsidRPr="00965604">
+            <w:r w:rsidR="009E2EBD" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">фактів розголошення, недобросовісного комерційного використання конфіденційної інформації </w:t>
             </w:r>
-            <w:r w:rsidR="0025118E" w:rsidRPr="00965604">
+            <w:r w:rsidR="0025118E" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>та конфіденційної реєстраційної інформації і</w:t>
             </w:r>
-            <w:r w:rsidR="009E2EBD" w:rsidRPr="00965604">
+            <w:r w:rsidR="009E2EBD" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> притягнення винних осіб до відповідальності здійснюється відповідними уповноваженими органами у порядку, встановленому чинним законодавством.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A71E34" w:rsidRDefault="00A71E34" w:rsidP="004913D7">
+          <w:p w:rsidR="00A71E34" w:rsidRPr="00E6320D" w:rsidRDefault="00A71E34" w:rsidP="004913D7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00B67607" w:rsidRDefault="00B67607" w:rsidP="004913D7">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B67607" w:rsidRPr="00E6320D" w:rsidRDefault="00B67607" w:rsidP="004913D7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="00B67607" w:rsidRPr="00965604" w:rsidRDefault="00B67607" w:rsidP="004913D7">
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00B67607" w:rsidRPr="00E6320D" w:rsidRDefault="00B67607" w:rsidP="004913D7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -7825,194 +7802,202 @@
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>FORCE MAJEURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
+          <w:p w:rsidR="009E2EBD" w:rsidRPr="00E6320D" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Сторона звільняється від відповідальності за</w:t>
             </w:r>
             <w:r w:rsidR="006408DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                  </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> часткове або повне невиконання будь-якого з положень цього Договору, якщо таке невиконання стало наслідком причин, що перебувають</w:t>
             </w:r>
             <w:r w:rsidR="006408DB">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                           </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> поза можливістю впливу цієї Сторони, а саме - наслідком стихійного лиха, пожежі, війни, страйку, військов</w:t>
             </w:r>
-            <w:r w:rsidR="00D76CB1" w:rsidRPr="00965604">
+            <w:r w:rsidR="00D76CB1" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>их дій, громадських безпорядків</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> або дії інших обставин, що впливають на виконання Стороною зобов'язань за цим Договором (далі – </w:t>
             </w:r>
-            <w:r w:rsidR="006A660E" w:rsidRPr="00965604">
+            <w:r w:rsidR="006A660E" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>дія обставин непереборної сили</w:t>
             </w:r>
-            <w:r w:rsidR="006A660E" w:rsidRPr="00965604">
+            <w:r w:rsidR="006A660E" w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>).</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00E6320D">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">Дія обставин непереборної сили підтверджується вповноваженим на те органом. Сторона, яка зазнала дії обставин непереборної сили, повинна невідкладно, але не пізніше </w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Дія обставин непереборної сили підтверджується вповноваженим на те органом. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Сторона, яка зазнала дії обставин непереборної сили, повинна невідкладно, але не пізніше </w:t>
             </w:r>
             <w:r w:rsidR="00D357E7" w:rsidRPr="00965604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>10 (</w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>десяти</w:t>
             </w:r>
             <w:r w:rsidR="00D357E7" w:rsidRPr="00965604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -8697,51 +8682,50 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Стор</w:t>
             </w:r>
             <w:r w:rsidR="0073029C" w:rsidRPr="00965604">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ін</w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="004913D7" w:rsidRDefault="009E2EBD" w:rsidP="00A71E34">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004913D7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Цей Договір укладено терміном на один рік, </w:t>
             </w:r>
             <w:r w:rsidR="006408DB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
@@ -8849,51 +8833,50 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>повн</w:t>
             </w:r>
             <w:r w:rsidR="004913D7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">ого виконання зобов’язань Сторонами </w:t>
             </w:r>
             <w:r w:rsidRPr="004913D7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Договору, відповідно до Рахунків-Специфікацій, укладених та оплачених відповідно до умов даного Договору.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A71E34" w:rsidRPr="004913D7" w:rsidRDefault="00A71E34" w:rsidP="00A71E34">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -9862,51 +9845,62 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>компетентним</w:t>
             </w:r>
             <w:r w:rsidR="00141C00">
               <w:rPr>
                 <w:rFonts w:eastAsia="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00141C00">
               <w:rPr>
                 <w:rFonts w:eastAsia="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
               </w:rPr>
-              <w:t>Правоохоронним органом, уповноваженим на це.</w:t>
+              <w:t xml:space="preserve">Правоохоронним </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00141C00">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+                <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>органом, уповноваженим на це.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008C156A" w:rsidRPr="00745396" w:rsidRDefault="008C156A" w:rsidP="00DA536E">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:rFonts w:eastAsia="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:val="en-US" w:eastAsia="uk-UA"/>
@@ -10895,51 +10889,60 @@
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">8.12. In the circumstances specified in item 8.11.                       of this Contract, the Party whose obligations are hindered by such circumstances shall notify                            the other Party in writing within 10 (ten) calendar days from the date of their occurrence. Satisfactory proof of the existence of circumstances is </w:t>
             </w:r>
             <w:r w:rsidR="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>an appropriate</w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> document issued by the competent law enforcement authority.</w:t>
+              <w:t xml:space="preserve"> document issued by the competent law </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>enforcement authority.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E9516B" w:rsidRPr="001059F2" w:rsidRDefault="00E9516B" w:rsidP="00E9516B">
             <w:pPr>
               <w:ind w:left="422" w:hanging="422"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">8.13. If the circumstances specified in item 8.11. of this Contract, cause a failure to fulfil obligations within the time frame established by the current legislation and this Contract, the term of fulfillment of obligations under this Contract shall </w:t>
             </w:r>
             <w:r w:rsidR="005B7AD0" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
@@ -11310,77 +11313,75 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="00D83A5A">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="00A71E34">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ОБРОБКА ПЕРСОНАЛЬНИХ ДАНИХ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A71E34" w:rsidRPr="00965604" w:rsidRDefault="00A71E34" w:rsidP="00A71E34">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="00C4698D" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:tabs>
@@ -11392,51 +11393,50 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PERSONAL DATA PROCESSING</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="00A71E34">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Уповноважені представники </w:t>
             </w:r>
             <w:r w:rsidR="00DA451D" w:rsidRPr="00141C00">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -11456,51 +11456,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> обробку їх персональних даних та/або передачу їх третім особам для цілей, пов’</w:t>
             </w:r>
             <w:r w:rsidR="00DA451D" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>язаних з виконанням умов цього Д</w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>оговору, а також підтверджують, що попереджені про свої права, визначені Законом України «Про захист персональних даних», мету збору даних. Сторони вправі здійснювати обробку персональних даних як самостійно, так і доручивши розпоряднику бази персональних даних.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A71E34" w:rsidRPr="00965604" w:rsidRDefault="00A71E34" w:rsidP="00A71E34">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -11648,51 +11647,59 @@
               <w:t xml:space="preserve"> дотримання вимог антикорупційного законодавства, зокрема їх учасниками, керівниками та працівниками, а також особами, які діють від їх імені.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008C156A" w:rsidRPr="00965604" w:rsidRDefault="008C156A" w:rsidP="008C156A">
             <w:pPr>
               <w:pStyle w:val="21"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:ind w:left="403" w:hanging="403"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Сторони зобов’язуються не робити пропозицію, не санкціонувати обіцянку, не здійснювати незаконних платежів, включаючи надання неправомірної вигоди (грошові кошти або інше майно, переваги, пільги, послуги, нематеріальні активи, будь-як інші вигоди нематеріального характеру, які обіцяють, пропонують, надають або одержують без законних на те підстав), будь-яким фізичним або юридичним особам, включаючи (але не обмежуючись) комерційним підприємствам і організаціям, органам державної влади і місцевого самоврядування, установам, державним службовцям, приватним підприємствам і їх представникам.</w:t>
+              <w:t xml:space="preserve">Сторони зобов’язуються не робити пропозицію, не санкціонувати обіцянку, не здійснювати незаконних платежів, включаючи надання неправомірної вигоди (грошові кошти або інше майно, переваги, пільги, послуги, нематеріальні активи, будь-як інші вигоди нематеріального характеру, які обіцяють, пропонують, надають або одержують без законних на те підстав), будь-яким фізичним або юридичним особам, включаючи (але не обмежуючись) комерційним підприємствам і організаціям, органам державної влади і місцевого самоврядування, установам, державним службовцям, приватним </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>підприємствам і їх представникам.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008C156A" w:rsidRPr="00141C00" w:rsidRDefault="008C156A" w:rsidP="008C156A">
             <w:pPr>
               <w:pStyle w:val="21"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:ind w:left="403" w:hanging="403"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Сторони погодились, що порушення однією із Сторін вищевикладених зобов’язань може розцінюватись як істотне порушення </w:t>
@@ -11748,88 +11755,88 @@
             </w:r>
             <w:r w:rsidRPr="00141C00">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Сторони зобов'язуються не вимагати відшкодування збитків, які бу</w:t>
             </w:r>
             <w:r w:rsidR="0092779C" w:rsidRPr="00141C00">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ли заподіяні таким розірванням Д</w:t>
             </w:r>
             <w:r w:rsidRPr="00141C00">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>оговору.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008C156A" w:rsidRPr="0092779C" w:rsidRDefault="008C156A" w:rsidP="008C156A">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008C156A" w:rsidRPr="00965604" w:rsidRDefault="008C156A" w:rsidP="008C156A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ANTI-CORRUPTION WARNING</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008C156A" w:rsidRPr="00965604" w:rsidRDefault="008C156A" w:rsidP="008C156A">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="008C156A" w:rsidRPr="00965604" w:rsidRDefault="008C156A" w:rsidP="008C156A">
             <w:pPr>
               <w:ind w:left="422" w:hanging="422"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
@@ -12012,51 +12019,60 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidR="00DA451D" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>their                                    representatives.</w:t>
+              <w:t xml:space="preserve">their                                    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>representatives.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008C156A" w:rsidRPr="00965604" w:rsidRDefault="008C156A" w:rsidP="00E9516B">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="422" w:hanging="422"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">11.3. </w:t>
             </w:r>
             <w:r w:rsidR="000E339B" w:rsidRPr="000E339B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>The Parties have agreed that a violation                              of the obligations specified above by one                                        of the Parties may be regarded as a substantial breach    of the Contract, which gives the other Party the right to terminate the contract early by sending a written notice justifying and providing unquestionable evidence of a breach of anti-corruption legislation.  The Parties shall undertake not to claim compensation for damages caused by such termination of the Contract</w:t>
@@ -12078,50 +12094,51 @@
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="000C34CB" w:rsidRDefault="000C34CB" w:rsidP="008C156A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ЮРИДИЧНІ АДРЕСИ</w:t>
             </w:r>
             <w:r w:rsidR="00D8151B" w:rsidRPr="000C34CB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C4698D" w:rsidRPr="000C34CB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">ТА РЕКВІЗИТИ </w:t>
             </w:r>
             <w:r w:rsidRPr="000C34CB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
@@ -12215,173 +12232,173 @@
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>EGAL ADDRESSES</w:t>
             </w:r>
             <w:r w:rsidR="009E2EBD" w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> AND BANK DETAILS OF THE PARTIES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Виконавець:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="004972A9" w:rsidRPr="00904843" w:rsidRDefault="004972A9" w:rsidP="004972A9">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00904843">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">ДЕРЖАВНЕ ПІДПРИЄМСТВО </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004972A9" w:rsidRPr="00904843" w:rsidRDefault="004972A9" w:rsidP="004972A9">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00904843">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>«ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="004972A9" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="000C34CB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Юридична адреса</w:t>
             </w:r>
             <w:r w:rsidR="003849AB" w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="00725EFC" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>030</w:t>
             </w:r>
             <w:r w:rsidR="00174669" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
             <w:r w:rsidR="003849AB" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="18"/>
@@ -12403,51 +12420,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">м. Київ                        вул. </w:t>
             </w:r>
             <w:r w:rsidR="00174669" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Антона Цедіка,</w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> 14</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -12479,51 +12496,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00725EFC" w:rsidRPr="00965604">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>м. Київ, Україна, 03</w:t>
             </w:r>
             <w:r w:rsidR="00174669" w:rsidRPr="00965604">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>057</w:t>
             </w:r>
           </w:p>
@@ -12772,74 +12789,74 @@
               <w:ind w:hanging="22"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="00CD32F7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ЗАМОВНИК:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
@@ -13111,105 +13128,105 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidR="00D60121" w:rsidRPr="00965604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>________________________________________</w:t>
             </w:r>
             <w:r w:rsidR="00F81353">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F81353" w:rsidRPr="00965604" w:rsidRDefault="001059F2" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00F81353" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Банківські реквізити:</w:t>
             </w:r>
             <w:r w:rsidR="00F81353">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -13222,227 +13239,227 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>____</w:t>
             </w:r>
             <w:r w:rsidR="00D60121" w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidR="00F81353">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>________________________</w:t>
             </w:r>
             <w:r w:rsidR="00D60121" w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>________________________</w:t>
             </w:r>
             <w:r w:rsidR="00D60121" w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>________________________________________________________________________</w:t>
             </w:r>
             <w:r w:rsidR="00D60121" w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>_________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>________________________</w:t>
             </w:r>
             <w:r w:rsidR="00D60121" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="00417E51" w:rsidP="0011087D">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Ідентифікаційний код:</w:t>
             </w:r>
             <w:r w:rsidR="00F81353">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> _</w:t>
             </w:r>
             <w:r w:rsidR="00AB753D" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>_____</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B548B1" w:rsidRDefault="00B548B1" w:rsidP="00AB5E80">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>______________________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00F81353" w:rsidRPr="00F81353" w:rsidRDefault="00F81353" w:rsidP="00AB5E80">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2342" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
@@ -15294,58 +15311,58 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003750EC" w:rsidRPr="00965604" w:rsidSect="00AB753D">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="9" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CC4377" w:rsidRDefault="00CC4377">
+    <w:p w:rsidR="0006567C" w:rsidRDefault="0006567C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CC4377" w:rsidRDefault="00CC4377">
+    <w:p w:rsidR="0006567C" w:rsidRDefault="0006567C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -15423,84 +15440,84 @@
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="007241F8">
+    <w:r w:rsidR="00E6320D">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00103073" w:rsidRDefault="00103073" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00CC4377" w:rsidRDefault="00CC4377">
+    <w:p w:rsidR="0006567C" w:rsidRDefault="0006567C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00CC4377" w:rsidRDefault="00CC4377">
+    <w:p w:rsidR="0006567C" w:rsidRDefault="0006567C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026627D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E814F044"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -19029,50 +19046,51 @@
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B1252"/>
     <w:rsid w:val="0000109E"/>
     <w:rsid w:val="000053D9"/>
     <w:rsid w:val="0000717D"/>
     <w:rsid w:val="00010F6B"/>
     <w:rsid w:val="0001287C"/>
     <w:rsid w:val="00030B54"/>
     <w:rsid w:val="000459D6"/>
     <w:rsid w:val="0005227B"/>
     <w:rsid w:val="0005761E"/>
     <w:rsid w:val="0005776F"/>
     <w:rsid w:val="00063A31"/>
+    <w:rsid w:val="0006567C"/>
     <w:rsid w:val="00066CF1"/>
     <w:rsid w:val="00071B7C"/>
     <w:rsid w:val="00082097"/>
     <w:rsid w:val="00092DBE"/>
     <w:rsid w:val="0009537E"/>
     <w:rsid w:val="0009790C"/>
     <w:rsid w:val="000A0CBC"/>
     <w:rsid w:val="000A270A"/>
     <w:rsid w:val="000A6535"/>
     <w:rsid w:val="000A70C8"/>
     <w:rsid w:val="000B45EA"/>
     <w:rsid w:val="000C34CB"/>
     <w:rsid w:val="000C35B1"/>
     <w:rsid w:val="000D2B8B"/>
     <w:rsid w:val="000E1534"/>
     <w:rsid w:val="000E339B"/>
     <w:rsid w:val="000E41BF"/>
     <w:rsid w:val="000E6CCA"/>
     <w:rsid w:val="000F5E99"/>
     <w:rsid w:val="000F5FC6"/>
     <w:rsid w:val="00100225"/>
     <w:rsid w:val="00103073"/>
     <w:rsid w:val="001059F2"/>
     <w:rsid w:val="00105AEA"/>
     <w:rsid w:val="0011087D"/>
@@ -19483,50 +19501,51 @@
     <w:rsid w:val="00D94F31"/>
     <w:rsid w:val="00DA451D"/>
     <w:rsid w:val="00DA4D28"/>
     <w:rsid w:val="00DA536E"/>
     <w:rsid w:val="00DB1EF8"/>
     <w:rsid w:val="00DB788F"/>
     <w:rsid w:val="00DC28B8"/>
     <w:rsid w:val="00DC6063"/>
     <w:rsid w:val="00DC7811"/>
     <w:rsid w:val="00DC788A"/>
     <w:rsid w:val="00DD0DA8"/>
     <w:rsid w:val="00DD183B"/>
     <w:rsid w:val="00DD45A0"/>
     <w:rsid w:val="00DE46DC"/>
     <w:rsid w:val="00DF659E"/>
     <w:rsid w:val="00E02020"/>
     <w:rsid w:val="00E031D6"/>
     <w:rsid w:val="00E133FF"/>
     <w:rsid w:val="00E20DB1"/>
     <w:rsid w:val="00E22698"/>
     <w:rsid w:val="00E22B3A"/>
     <w:rsid w:val="00E33622"/>
     <w:rsid w:val="00E45011"/>
     <w:rsid w:val="00E5452D"/>
     <w:rsid w:val="00E627F0"/>
+    <w:rsid w:val="00E6320D"/>
     <w:rsid w:val="00E81975"/>
     <w:rsid w:val="00E81F50"/>
     <w:rsid w:val="00E9335F"/>
     <w:rsid w:val="00E9516B"/>
     <w:rsid w:val="00EA4560"/>
     <w:rsid w:val="00EA72BF"/>
     <w:rsid w:val="00EB21C9"/>
     <w:rsid w:val="00EB40CD"/>
     <w:rsid w:val="00ED385F"/>
     <w:rsid w:val="00ED4F0D"/>
     <w:rsid w:val="00ED604E"/>
     <w:rsid w:val="00ED6C86"/>
     <w:rsid w:val="00EE4727"/>
     <w:rsid w:val="00EF545F"/>
     <w:rsid w:val="00F03BA6"/>
     <w:rsid w:val="00F05ED9"/>
     <w:rsid w:val="00F11743"/>
     <w:rsid w:val="00F21F86"/>
     <w:rsid w:val="00F25B75"/>
     <w:rsid w:val="00F41686"/>
     <w:rsid w:val="00F427D2"/>
     <w:rsid w:val="00F52B4D"/>
     <w:rsid w:val="00F53E82"/>
     <w:rsid w:val="00F62FAA"/>
     <w:rsid w:val="00F71802"/>
@@ -19542,89 +19561,133 @@
     <w:rsid w:val="00FC7F13"/>
     <w:rsid w:val="00FD1AFF"/>
     <w:rsid w:val="00FE19BB"/>
     <w:rsid w:val="00FF0391"/>
     <w:rsid w:val="00FF364A"/>
     <w:rsid w:val="00FF64B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="metricconverter"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7E33308B-E0D1-48F5-8C8B-CCB36B39D1B8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -19822,68 +19885,74 @@
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal1"/>
     <w:next w:val="Normal1"/>
     <w:qFormat/>
     <w:rsid w:val="008B1252"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="008B1252"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="008B1252"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal3">
@@ -19975,72 +20044,72 @@
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="10"/>
     <w:rsid w:val="007A5509"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="009E2EBD"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="00F03BA6"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00B101F1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText2">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Основний текст 21"/>
+    <w:basedOn w:val="11"/>
     <w:rsid w:val="008C156A"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="463425931">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -20115,51 +20184,50 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2143189253">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -20393,62 +20461,62 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{07C202D3-97E2-4F62-9D78-88BDD1388973}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8CD1277C-5364-4320-8C96-471D732EA4EE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
+  <Pages>8</Pages>
   <Words>6742</Words>
   <Characters>38433</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>320</Lines>
   <Paragraphs>90</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ДОГОВІР  № ________</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>45085</CharactersWithSpaces>