--- v0 (2025-12-23)
+++ v1 (2026-02-25)
@@ -24,51 +24,51 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10107" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5218"/>
         <w:gridCol w:w="4889"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008864B5" w:rsidRPr="00505AC4" w:rsidRDefault="000B7543" w:rsidP="008864B5">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_GoBack"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДОГОВІР №________/202</w:t>
             </w:r>
             <w:r w:rsidR="000B1621">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
@@ -76,51 +76,51 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="008864B5" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>/</w:t>
             </w:r>
             <w:r w:rsidR="005B2002">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Е</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B1252" w:rsidRPr="00505AC4" w:rsidRDefault="008B1252" w:rsidP="008864B5">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:highlight w:val="blue"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00E06548" w:rsidRPr="005B2002" w:rsidRDefault="00E06548" w:rsidP="00E06548">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:firstLine="284"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
@@ -194,51 +194,51 @@
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Е</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B1252" w:rsidRPr="00505AC4" w:rsidRDefault="008B1252">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008864B5" w:rsidRPr="00505AC4" w:rsidRDefault="008864B5" w:rsidP="008864B5">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>м. Київ</w:t>
             </w:r>
             <w:r w:rsidR="00D742E3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -397,51 +397,51 @@
               <w:t xml:space="preserve">                                         </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B1252" w:rsidRPr="00466785" w:rsidRDefault="008B1252">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:trPr>
           <w:trHeight w:val="3490"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00505AC4" w:rsidRPr="00E33FA8" w:rsidRDefault="0069296F" w:rsidP="007F7001">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidR="00DB1697" w:rsidRPr="00823872">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДЕРЖАВНЕ ПІДПРИЄМСТВО  «ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»,</w:t>
             </w:r>
             <w:r w:rsidR="00DB1697" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -532,56 +532,63 @@
               </w:rPr>
               <w:t>фінансово-економічної та адміністративно-господарської роботи Ковтун С.В., яка</w:t>
             </w:r>
             <w:r w:rsidR="00C155E3" w:rsidRPr="009E3C9A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C155E3" w:rsidRPr="009E3C9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">діє на підставі довіреності </w:t>
             </w:r>
             <w:r w:rsidR="007C75AE" w:rsidRPr="009E3C9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="00401A68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="009E3C9A" w:rsidRPr="009E3C9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="007C75AE" w:rsidRPr="009E3C9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="007A7002" w:rsidRPr="009E3C9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
             <w:r w:rsidR="00E33FA8" w:rsidRPr="009E3C9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>з одного боку, та</w:t>
             </w:r>
             <w:r w:rsidR="009E3C9A">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -691,254 +698,261 @@
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>іменований далі «Замовник», від імені якого __________________________________________________діє на території України, в особі _____________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00505AC4" w:rsidRPr="00E33FA8" w:rsidRDefault="00505AC4" w:rsidP="00505AC4">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_________________________________________________, на підставі _______________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A830C7" w:rsidRPr="00E33FA8" w:rsidRDefault="00505AC4" w:rsidP="00505AC4">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">_________________________________________________, з іншого боку, іменовані надалі «Сторони», </w:t>
             </w:r>
             <w:r w:rsidR="00F07DE1">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                        уклали</w:t>
             </w:r>
             <w:r w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> даний Договір про наступне:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00820627" w:rsidRPr="001C34F4" w:rsidRDefault="00820627" w:rsidP="00505AC4">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:highlight w:val="blue"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003A042A" w:rsidRPr="00965604" w:rsidRDefault="0069296F" w:rsidP="001141C1">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:ind w:hanging="4"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00401A68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">          </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB1697" w:rsidRPr="00420DE9">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>THE STATE EXPERT CENTER OF THE MINISTRY OF HEALTH OF UKRAINE</w:t>
+            </w:r>
+            <w:r w:rsidR="003A042A" w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> liable to income tax at bas</w:t>
+            </w:r>
+            <w:r w:rsidR="003A042A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ic rate according to item 136.1 of</w:t>
+            </w:r>
+            <w:r w:rsidR="003A042A" w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> art</w:t>
+            </w:r>
+            <w:r w:rsidR="003A042A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="003A042A" w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 136 of the Tax Code of Ukraine, hereinafter referred</w:t>
+            </w:r>
             <w:r w:rsidRPr="0069296F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">          </w:t>
-[...7 lines deleted...]
-              <w:t>THE STATE EXPERT CENTER OF THE MINISTRY OF HEALTH OF UKRAINE</w:t>
+              <w:t xml:space="preserve">                                     </w:t>
             </w:r>
             <w:r w:rsidR="003A042A" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> liable to income tax at bas</w:t>
+              <w:t xml:space="preserve"> to as </w:t>
             </w:r>
             <w:r w:rsidR="003A042A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>ic rate according to item 136.1 of</w:t>
+              <w:t>the “Performer” and represented by</w:t>
             </w:r>
             <w:r w:rsidR="003A042A" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> art</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> 136 of the Tax Code of Ukraine, hereinafter referred</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB1697" w:rsidRPr="002A47EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB1697">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>vitlana</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB1697" w:rsidRPr="002A47EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C155E3" w:rsidRPr="002A47EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kovtun, Director, Financial, Economic and Administrative </w:t>
+            </w:r>
+            <w:r w:rsidR="00341240">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Work </w:t>
+            </w:r>
+            <w:r w:rsidR="00C155E3" w:rsidRPr="002A47EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Department, acting according to the Power of Attorney </w:t>
             </w:r>
             <w:r w:rsidRPr="0069296F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                     </w:t>
-[...18 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:t xml:space="preserve">                                   </w:t>
+            </w:r>
+            <w:r w:rsidR="00C155E3" w:rsidRPr="002A47EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>of</w:t>
+            </w:r>
+            <w:r w:rsidR="003C0DED">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DB1697" w:rsidRPr="002A47EE">
-[...60 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="00401A68">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
             </w:r>
             <w:r w:rsidR="009E3C9A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="000B1621">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00DB1697" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003A042A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">on the one part, </w:t>
             </w:r>
             <w:r w:rsidR="003A042A" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -1116,127 +1130,127 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>“Parties”, have concluded the present Contract as follows:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00820627" w:rsidRPr="00820627" w:rsidRDefault="00820627" w:rsidP="00505AC4">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00897418" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00820627" w:rsidRDefault="00820627" w:rsidP="00820627">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> предмет договору</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00820627" w:rsidRPr="001C34F4" w:rsidRDefault="00820627" w:rsidP="00820627">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:left="567"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00505AC4" w:rsidRDefault="003A1D0C" w:rsidP="00E24888">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>SUBJECT OF THE CONTRACT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00820627" w:rsidRDefault="00820627" w:rsidP="00591716">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1. </w:t>
             </w:r>
             <w:r w:rsidR="005B2002" w:rsidRPr="00F20E16">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Виконавець зобов’язується за дорученням Замовника здійсн</w:t>
             </w:r>
             <w:r w:rsidR="005B2002" w:rsidRPr="00387D1C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -1438,100 +1452,100 @@
             <w:r w:rsidR="005B2002" w:rsidRPr="002A47EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> emergency medical use (hereinafter referred to as the “services”) and the Customer shall accept and pay for the services rendered under the present Contract</w:t>
             </w:r>
             <w:r w:rsidR="003154A9" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00820627" w:rsidRDefault="005B2002" w:rsidP="00820627">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="36"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Усі послуги за даним Договором </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>надаю</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ться відповідно до вимог, встановлених  чинним законодавством України</w:t>
             </w:r>
             <w:r w:rsidR="00820627" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00820627" w:rsidRPr="00974073" w:rsidRDefault="00820627" w:rsidP="00820627">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00505AC4" w:rsidRDefault="00C4698D" w:rsidP="00E24888">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="-4"/>
@@ -1557,81 +1571,81 @@
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Any services under the present Contract shall be rendered according to the requirements of the current legislation of Ukraine</w:t>
             </w:r>
             <w:r w:rsidR="003154A9" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRDefault="00820627" w:rsidP="00466785">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Вартість ПОСЛУГ ТА ПОРЯДОК РОЗРАХУНКІВ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003A042A" w:rsidRPr="00974073" w:rsidRDefault="003A042A" w:rsidP="00466785">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRPr="00505AC4" w:rsidRDefault="004F4CE0" w:rsidP="00820627">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
@@ -1675,51 +1689,51 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AND PAYMENT</w:t>
             </w:r>
             <w:r w:rsidR="002262C4" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> PROCEDURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRPr="00820627" w:rsidRDefault="005B2002" w:rsidP="00E33FA8">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Вартість послуг визначається Рахунками – Специфікаціями, виданими Виконавцем, які є невід’ємною частиною даного Договору </w:t>
             </w:r>
             <w:r w:rsidR="00F07DE1">
               <w:rPr>
                 <w:spacing w:val="2"/>
@@ -1886,51 +1900,51 @@
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Contract and considered as agreed, unless the Customer gives reasonable objections within 1 (one) working day</w:t>
             </w:r>
             <w:r w:rsidR="003154A9" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRPr="00820627" w:rsidRDefault="005B2002" w:rsidP="006C3A73">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006965A6">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Замовник має право в односторонньому порядку визначити платника за даним Договором, про що письмово повідомляє Виконавця відповідно до чинного законодавства України</w:t>
             </w:r>
             <w:r w:rsidR="00820627" w:rsidRPr="00CA0AB0">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
@@ -2037,51 +2051,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> in writing the Performer hereof according to the current legislation of Ukraine</w:t>
             </w:r>
             <w:r w:rsidR="003154A9" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006965A6" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="006965A6" w:rsidRPr="007A530A" w:rsidRDefault="005B2002" w:rsidP="006C3A73">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF1E89">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">У </w:t>
             </w:r>
             <w:r w:rsidRPr="006965A6">
               <w:rPr>
                 <w:spacing w:val="2"/>
@@ -2120,51 +2134,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="006965A6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>платник</w:t>
             </w:r>
             <w:r w:rsidR="00820627" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007A530A" w:rsidRPr="00820627" w:rsidRDefault="007A530A" w:rsidP="00D5730F">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B6CAA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Розрахунки здійснюються у валюті:</w:t>
             </w:r>
             <w:r w:rsidRPr="006B6CAA">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
@@ -2349,51 +2363,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Euro and/or UAH.</w:t>
             </w:r>
             <w:r w:rsidRPr="006965A6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00756EB9" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00756EB9" w:rsidRPr="008F608B" w:rsidRDefault="005B2002" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Загальна вартість Договору визначається </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:spacing w:val="2"/>
@@ -2540,51 +2554,51 @@
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>period</w:t>
             </w:r>
             <w:r w:rsidR="003154A9" w:rsidRPr="00F26EFB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="005B2002" w:rsidRPr="00D34735" w:rsidRDefault="005B2002" w:rsidP="005B2002">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34735">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Усі витрати (комісія, переказ коштів та інші), пов’язані з оплатою послуг, зазначених у Рахунках-Специфікаціях, покладаються на Замовника, який </w:t>
             </w:r>
             <w:r w:rsidRPr="00D34735">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
@@ -2644,51 +2658,51 @@
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>the Customer which pays them according to Invoices-Specifications issued by the Performer</w:t>
             </w:r>
             <w:r w:rsidR="003154A9" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="0074632E" w:rsidRPr="00C2048C" w:rsidRDefault="005B2002" w:rsidP="00C505E8">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C2048C">
               <w:rPr>
                 <w:spacing w:val="4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Послуги за цим Договором надаються Виконавцем </w:t>
             </w:r>
             <w:r w:rsidR="0026504B" w:rsidRPr="00C2048C">
               <w:rPr>
@@ -2970,85 +2984,85 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009A0B0D" w:rsidRPr="007A530A" w:rsidRDefault="009A0B0D" w:rsidP="00E2664C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="2"/>
                 <w:szCs w:val="2"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009A0B0D" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009A0B0D" w:rsidRPr="00D34735" w:rsidRDefault="005B2002" w:rsidP="003A042A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34735">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Сторони домовилися, що у випадку підвищення розцінок на послуги, що надаються Виконавцем за цим Договором (внаслідок дій державних органів, в тому числі таких, які негативно впливають на можливість здійснення нормальної господарської діяльності в Україні та галузі, впливу індексу інфляції, а також будь-яких інших обставин), до моменту здійснення їх оплати Замовником Виконавець має право в односторонньому порядку змінити вартість послуг шляхом направлення скоригованого Рахунку-Специфікації на адресу Замовника</w:t>
             </w:r>
             <w:r w:rsidR="008F608B" w:rsidRPr="00D34735">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003A042A" w:rsidRPr="00974073" w:rsidRDefault="003A042A" w:rsidP="003A042A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="360"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009A0B0D" w:rsidRPr="005B2002" w:rsidRDefault="003F50A4" w:rsidP="00F26EFB">
             <w:pPr>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -3192,154 +3206,154 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> prices for services rendered by the Performer under this Contract prior to their payment by the Customer, the Performer has a right to change unilaterally the cost of services by sending the revised Invoice-Specification to the Customer‘s address</w:t>
             </w:r>
             <w:r w:rsidR="005B2002">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRDefault="008F608B" w:rsidP="00D742E3">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="27"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Обов`язки сторін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRPr="00974073" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRPr="00505AC4" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="Normal2"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:spacing w:val="-8"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3. OBLIGATIONS OF THE PARTIES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00320BCC" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRPr="00CC742D" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:tab/>
               <w:t>Замовник зобов`язується:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009C4708" w:rsidRPr="00303688" w:rsidRDefault="005B2002" w:rsidP="00303688">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>сплатити вартість послуг</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -3411,51 +3425,51 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Специфікації</w:t>
             </w:r>
             <w:r w:rsidR="008F608B" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRDefault="006C7F9B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">протягом </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -3562,51 +3576,51 @@
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, такий акт вважається погодженим, а послуги </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>прийнятими Замовником</w:t>
             </w:r>
             <w:r w:rsidR="008F608B" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003A042A" w:rsidRDefault="006C7F9B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>призначити відповідальну особу та повідомити Ви</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -3713,51 +3727,51 @@
             </w:r>
             <w:r w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> Замовника або уповноваженою ним особою)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>, у тому числі, електронних ключів (логін/пароль) доступу</w:t>
             </w:r>
             <w:r w:rsidR="003A042A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00303688" w:rsidRDefault="006C7F9B" w:rsidP="00303688">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">у разі зміни </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -3821,97 +3835,97 @@
             </w:r>
             <w:r w:rsidRPr="00EC1A79" w:rsidDel="00C30FEA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00EC1A79">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>з дня зміни такої особи</w:t>
             </w:r>
             <w:r w:rsidR="003A042A" w:rsidRPr="003A042A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>;</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRDefault="006C7F9B" w:rsidP="00303688">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00303688">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>сумлінно виконувати інші обов’язки, визначені відповідними нормативно-правовими актами</w:t>
             </w:r>
             <w:r w:rsidR="008F608B" w:rsidRPr="00303688">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C2048C" w:rsidRPr="00A631A8" w:rsidRDefault="00C2048C" w:rsidP="00A631A8">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRPr="008F608B" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRPr="00505AC4" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
@@ -4216,90 +4230,90 @@
               <w:t>the applicable</w:t>
             </w:r>
             <w:r w:rsidRPr="002A47EE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> regulatory documents</w:t>
             </w:r>
             <w:r w:rsidR="008F608B" w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00897418" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008F608B" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="12"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">3.2. </w:t>
             </w:r>
             <w:r w:rsidR="00B3334D" w:rsidRPr="003A042A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Виконавець зобов`язується:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRPr="00CC742D" w:rsidRDefault="008F608B" w:rsidP="006C7F9B">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="12"/>
                 <w:numId w:val="0"/>
               </w:numPr>
               <w:ind w:left="395" w:hanging="395"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">а) </w:t>
             </w:r>
             <w:r w:rsidR="006C7F9B" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">провести </w:t>
             </w:r>
@@ -5231,51 +5245,51 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="008F608B" w:rsidRPr="00B3334D" w:rsidRDefault="008F608B" w:rsidP="008F608B">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="00897418" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B3334D" w:rsidRPr="00CC742D" w:rsidRDefault="00B3334D" w:rsidP="00B3334D">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">4. </w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
@@ -5308,51 +5322,51 @@
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.  RESPONSIBILITIES OF THE PARTIES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008F608B" w:rsidRPr="007753AB" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B3334D" w:rsidRPr="00CC742D" w:rsidRDefault="00B3334D" w:rsidP="00B3334D">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4.1.</w:t>
             </w:r>
             <w:r w:rsidR="006C7F9B" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> За невиконання або неналежне виконання </w:t>
             </w:r>
@@ -5435,51 +5449,51 @@
             </w:r>
             <w:r w:rsidR="006C7F9B" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">-Специфікаціях, за кожний день </w:t>
             </w:r>
             <w:r w:rsidR="006C7F9B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>прострочення</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B3334D" w:rsidRPr="00CC742D" w:rsidRDefault="00B3334D" w:rsidP="00B3334D">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4.2.</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -5548,94 +5562,94 @@
             </w:r>
             <w:r w:rsidR="00A631A8" w:rsidRPr="00A631A8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                               </w:t>
             </w:r>
             <w:r w:rsidR="00A631A8" w:rsidRPr="00A57189">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>кожен день прострочення, а за прострочення понад тридцять днів додатково стягується штраф у розмірі 1% від суми відповідних невиконаних або несвоєчасно виконаних зобов’язань</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B3334D" w:rsidRPr="00B3334D" w:rsidRDefault="00B3334D" w:rsidP="00B3334D">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3334D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4.3.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3334D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="006C7F9B" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Сплата штрафних санкцій не звільняє Сторону, яка їх сплатила, від виконання зобов’язань за цим Договором</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3334D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B3334D" w:rsidRPr="006C7F9B" w:rsidRDefault="00B3334D" w:rsidP="00B3334D">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B3334D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>4.4.</w:t>
             </w:r>
             <w:r w:rsidRPr="00B3334D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:tab/>
             </w:r>
@@ -7204,51 +7218,51 @@
               <w:t>If the effect of force majeure continues more                         than 30 (thirty) calendar days, each of the                     Party has a right to refuse the fulfillment of obligations under this Contract and so none of the Parties has a right for reimbursement of possible losses by other Party.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="007C2A07" w:rsidRPr="007C2A07" w:rsidRDefault="007C2A07" w:rsidP="007C2A07">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA2A9A" w:rsidRPr="00C4698D" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1364"/>
                 <w:tab w:val="num" w:pos="851"/>
               </w:tabs>
               <w:ind w:left="540" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Строк дії договору</w:t>
@@ -7294,80 +7308,80 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="007C2A07" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA2A9A" w:rsidRPr="00DD2933" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00CC742D" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="394" w:hanging="426"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Договір набирає чинності з моменту підписання його </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>останньою із Сторін.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:ind w:left="394" w:hanging="426"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Цей Договір укладено терміном на один рік, а саме до «___</w:t>
             </w:r>
             <w:r w:rsidRPr="007C2A07">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
@@ -7540,51 +7554,51 @@
             <w:r w:rsidRPr="000C0009">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00505AC4">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> or till full fulfillment of obligations by the Parties in terms of mutual settlement of accounts.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA2A9A" w:rsidRPr="00C4698D" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00CC742D" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>інші умови</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00974073" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="10"/>
@@ -9267,51 +9281,51 @@
               <w:t>. of this Contract, without paying any penalties and fines by the Parties</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="0098668C" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA2A9A" w:rsidRPr="00C4698D" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00CC742D" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">9.    порядок </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ВИРІШЕННЯ СПОРІВ</w:t>
@@ -9380,51 +9394,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00466785" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="BodyText1"/>
               <w:ind w:left="357"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA2A9A" w:rsidRPr="002310C9" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="005322C9" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="left" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D32985">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Усі спори, розбіжності чи вимоги, які виникають із цього договору або у зв`язку з ним, зокрема, щодо його тлумачення, виконання, порушення, припинення чи недійсності підлягають вирішенню у Господарському суді м. Києва, якщо відповідачем є Центр або у Міжнародному комерційному арбітражному суді при Торгово-промисловій палаті України, якщо відповідачем є Заявник, згідно з його Регламентом. У разі подання сторонами </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Д</w:t>
@@ -9486,77 +9500,77 @@
               <w:t>Any dispute, discrepancy, or claim arising out of or relating to this Contract, in particular regarding its interpretation, execution, breach, termination or invalidity, shall be settled at Kyiv’s Economic Court, if the defendant is the Center or in the International Commercial Arbitration Court at the Ukrainian Chamber of Commerce and Industry, if the defendant is the Applicant, in accordance with its Rules. If the Parties to the Contract submit claims to each other, the dispute shall be heard in the judicial body that received the claim earlier. The law regulating this Contract shall be a substantive and procedural law of Ukraine. The Arbitration Court consists of a sole arbitrator. The place of the Arbitration court session shall be Kyiv. The language of arbitration proceedings shall be Ukrainian.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="0098668C" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA2A9A" w:rsidRPr="00C4698D" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">  Обробка персональних даних</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00A631A8" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="22"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
@@ -9579,93 +9593,92 @@
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="0098668C" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DA2A9A" w:rsidRPr="00894178" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="360"/>
                 <w:tab w:val="num" w:pos="394"/>
               </w:tabs>
               <w:ind w:left="394" w:hanging="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>У</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>повноважені представники Сторін, підписавши цей Договір, надають згоду на обробку їх персональних даних та/або передачу їх третім особам для цілей, пов’язаних з виконанням умов цього договору, а також підтверджують, що попереджені про свої права, визначені Законом України «Про захист персональних даних», мету збору даних. Сторони вправі здійснювати обробку персональних даних як самостійно, так і доручивши розпоряднику бази персональних даних.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00E105A9" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:ind w:left="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="0098668C" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="a9"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="340" w:hanging="340"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00894178" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
@@ -9763,51 +9776,58 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> дотримання вимог антикорупційного законодавства, зокрема їх учасниками, керівниками та працівниками, а також особами, які діють від їх імені.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="21"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:ind w:left="403" w:hanging="403"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D5C8A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сторони зобов’язуються не робити пропозицію, не санкціонувати обіцянку, не здійснювати незаконних платежів, включаючи надання неправомірної вигоди (грошові кошти або інше майно, переваги, пільги, послуги, нематеріальні активи, будь-як інші вигоди нематеріального характеру, які обіцяють, пропонують, надають або одержують без законних на те підстав), будь-яким фізичним або юридичним особам, включаючи (але не обмежуючись) комерційним підприємствам і організаціям, органам державної влади і місцевого самоврядування, установам, державним службовцям, приватним підприємствам і їх представникам.</w:t>
+              <w:t xml:space="preserve">Сторони зобов’язуються не робити пропозицію, не санкціонувати обіцянку, не здійснювати незаконних платежів, включаючи надання неправомірної вигоди (грошові кошти або інше майно, переваги, пільги, послуги, нематеріальні активи, будь-як інші вигоди </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001D5C8A">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>нематеріального характеру, які обіцяють, пропонують, надають або одержують без законних на те підстав), будь-яким фізичним або юридичним особам, включаючи (але не обмежуючись) комерційним підприємствам і організаціям, органам державної влади і місцевого самоврядування, установам, державним службовцям, приватним підприємствам і їх представникам.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="007615C6" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:pStyle w:val="21"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:ind w:left="403" w:hanging="403"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001D5C8A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Сторони погодились, що порушення однією із Сторін вищевикладених зобов’язань може розц</w:t>
             </w:r>
             <w:r>
@@ -9833,86 +9853,87 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> шляхом надсилання письмового повідомлення із обґрунтуванням та наданням доказів порушення антикорупційного законодавства. Сторони зобов'язуються не вимагати відшкодування збитків, які бу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ли заподіяні таким розірванням Д</w:t>
             </w:r>
             <w:r w:rsidRPr="001D5C8A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>оговору</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00E105A9" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00DA2A9A" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C156A">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ANTI-CORRUPTION WARNING</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="00E105A9" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:ind w:left="360"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DA2A9A" w:rsidRPr="008C156A" w:rsidRDefault="00DA2A9A" w:rsidP="00DA2A9A">
             <w:pPr>
               <w:ind w:left="422" w:hanging="422"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C156A">
@@ -9956,51 +9977,60 @@
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008C156A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
             <w:r w:rsidRPr="008C156A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Parties shall undertake not to make an offer,                  promise, illegal payments, including the provision                                        of improper benefits (cash or other property,                                         preferences, privileges, services, intangible                                            assets, any other intangible benefits promised,                           offered, provided or received without </w:t>
+              <w:t xml:space="preserve">The Parties shall undertake not to make an offer,                  promise, illegal payments, including the provision                                        of improper benefits (cash or other property,                                         preferences, privileges, services, intangible                                            assets, any other intangible benefits promised,                           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">offered, provided or received without </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                              </w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>legal grounds),  to any natural or legal</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                  </w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
@@ -10168,103 +10198,104 @@
             <w:r w:rsidRPr="000E339B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ontract early by sending a written notice justifying and providing unquestionable evidence of a breach of anti-corruption legislation.  The Parties shall undertake not to claim compensation for damages caused by such termination of the Contract</w:t>
             </w:r>
             <w:r w:rsidRPr="008C156A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00894178" w:rsidRPr="00894178" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="00E160BE" w:rsidRDefault="007C75AE" w:rsidP="00894178">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="44"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>ЮРИДИЧНІ АДРЕСИ</w:t>
             </w:r>
             <w:r w:rsidR="00894178" w:rsidRPr="0073466D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> ТА РЕКВІЗИТИ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidR="00894178" w:rsidRPr="0073466D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>СТОРІН</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00894178" w:rsidRPr="00466785" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRDefault="00894178" w:rsidP="00515BBF">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="46"/>
               </w:numPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
@@ -10319,144 +10350,144 @@
       <w:tr w:rsidR="00B103B0" w:rsidRPr="00DE0D11" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="4962" w:type="dxa"/>
               <w:tblInd w:w="105" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="2493"/>
               <w:gridCol w:w="2469"/>
             </w:tblGrid>
             <w:tr w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidTr="0011231D">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2493" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Виконавець:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="00E105A9" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="8"/>
                       <w:szCs w:val="8"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="00DB1697" w:rsidRPr="00904843" w:rsidRDefault="00DB1697" w:rsidP="00DB1697">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00904843">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">ДЕРЖАВНЕ ПІДПРИЄМСТВО </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00DB1697" w:rsidRDefault="00DB1697" w:rsidP="00DB1697">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00904843">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>«ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="007C75AE" w:rsidRPr="00904843" w:rsidRDefault="007C75AE" w:rsidP="00DB1697">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="00C92F43" w:rsidRDefault="007C75AE" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Юридична адреса</w:t>
                   </w:r>
                   <w:r w:rsidR="00B103B0" w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">: </w:t>
                   </w:r>
@@ -10516,51 +10547,51 @@
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>вул.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>Антона Цедіка, 14</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="00C92F43" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00C92F43">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="005A7487" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
                     <w:pStyle w:val="10"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
@@ -10576,51 +10607,51 @@
                     <w:t xml:space="preserve">Адреса для листування: </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="005A7487" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
                     <w:pStyle w:val="10"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="005A7487">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>вул. Антона Цедіка, 14,</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="005A7487" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="005A7487">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>м.</w:t>
                   </w:r>
                   <w:r w:rsidRPr="005A7487">
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="005A7487">
@@ -10850,89 +10881,89 @@
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B548B1">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>ІПН</w:t>
                   </w:r>
                   <w:r w:rsidRPr="00B548B1">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> 200157926550</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="BodyText2"/>
+                    <w:pStyle w:val="210"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="20"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2469" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>ЗАМОВНИК:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="00E105A9" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="8"/>
                       <w:szCs w:val="8"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
                     <w:pStyle w:val="a4"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
@@ -10997,264 +11028,260 @@
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>__________________________________________________</w:t>
                   </w:r>
                   <w:r w:rsidR="00DB1697">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>_________________________</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="007C75AE" w:rsidRPr="007C75AE" w:rsidRDefault="007C75AE" w:rsidP="00B103B0">
+                <w:p w:rsidR="007C75AE" w:rsidRPr="00401A68" w:rsidRDefault="007C75AE" w:rsidP="00B103B0">
                   <w:pPr>
                     <w:pStyle w:val="a4"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
+                  <w:r w:rsidRPr="00401A68">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>_________________________</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00B103B0" w:rsidRPr="007C75AE" w:rsidRDefault="007C75AE" w:rsidP="00B103B0">
+                <w:p w:rsidR="00B103B0" w:rsidRPr="00401A68" w:rsidRDefault="007C75AE" w:rsidP="00B103B0">
                   <w:pPr>
                     <w:pStyle w:val="a4"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Юридична адреса</w:t>
                   </w:r>
                   <w:r w:rsidR="00B103B0" w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
-                  <w:r>
+                  <w:r w:rsidRPr="00401A68">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
                     <w:pStyle w:val="a4"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>___________________________________________________________________________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
                     <w:pStyle w:val="a4"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Адреса для листування:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>___________________________________________________________________________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Банківські реквізити:</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>_________________________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>_________________________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:b/>
                       <w:caps/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>___________________________________________________________________________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="0011231D" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>_________________________</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00B103B0" w:rsidRPr="002E12BA" w:rsidRDefault="00B103B0" w:rsidP="0069296F">
                   <w:pPr>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00B548B1">
                     <w:rPr>
@@ -11271,51 +11298,50 @@
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="0011231D">
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t>__________________________________________________</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00B103B0" w:rsidRPr="0098668C" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
-              <w:pStyle w:val="a9"/>
               <w:tabs>
                 <w:tab w:val="num" w:pos="0"/>
               </w:tabs>
               <w:ind w:left="340" w:hanging="340"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:highlight w:val="blue"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="4542" w:type="dxa"/>
               <w:tblInd w:w="132" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -12403,87 +12429,87 @@
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00B103B0" w:rsidRPr="00505AC4" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B103B0" w:rsidRPr="00DE0D11" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B103B0" w:rsidRPr="00E33FA8" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B103B0" w:rsidRPr="00505AC4" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B103B0" w:rsidRPr="00E33FA8" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B103B0" w:rsidRPr="00E33FA8" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B103B0" w:rsidRPr="00E33FA8" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -12834,83 +12860,83 @@
               <w:t>K</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>OVTUN</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B103B0" w:rsidRPr="0069296F" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:left="110"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B103B0" w:rsidRPr="0069296F" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:ind w:left="110"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0069296F">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>«_____»____________________ 202</w:t>
             </w:r>
             <w:r w:rsidR="000B1621">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="0069296F">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> року</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B103B0" w:rsidRPr="0069296F" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:ind w:left="110"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00B103B0" w:rsidRPr="0069296F" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="5220"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -13108,51 +13134,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B103B0" w:rsidRPr="0069296F" w:rsidRDefault="00B103B0" w:rsidP="00B103B0">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00894178" w:rsidRPr="00AA42C5" w:rsidTr="003A042A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="00AA42C5" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="210"/>
               <w:ind w:left="394"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00894178" w:rsidRPr="00AA42C5" w:rsidRDefault="00894178" w:rsidP="00894178">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -13169,58 +13195,58 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003750EC" w:rsidRPr="00BD0A0D" w:rsidSect="00135BF3">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="899" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="9" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009D6089" w:rsidRDefault="009D6089">
+    <w:p w:rsidR="00AD79E0" w:rsidRDefault="00AD79E0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009D6089" w:rsidRDefault="009D6089">
+    <w:p w:rsidR="00AD79E0" w:rsidRDefault="00AD79E0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -13298,84 +13324,84 @@
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00992748">
+    <w:r w:rsidR="00401A68">
       <w:rPr>
         <w:rStyle w:val="a9"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a9"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00AD4CF9" w:rsidRDefault="00AD4CF9" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009D6089" w:rsidRDefault="009D6089">
+    <w:p w:rsidR="00AD79E0" w:rsidRDefault="00AD79E0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009D6089" w:rsidRDefault="009D6089">
+    <w:p w:rsidR="00AD79E0" w:rsidRDefault="00AD79E0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="010F3A2C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5498B638"/>
     <w:lvl w:ilvl="0" w:tplc="04190017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="644"/>
         </w:tabs>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
@@ -19405,50 +19431,51 @@
     <w:rsid w:val="003452B1"/>
     <w:rsid w:val="0034795B"/>
     <w:rsid w:val="00360E36"/>
     <w:rsid w:val="00362727"/>
     <w:rsid w:val="003659C3"/>
     <w:rsid w:val="003725E0"/>
     <w:rsid w:val="003750EC"/>
     <w:rsid w:val="003849AB"/>
     <w:rsid w:val="00394BA3"/>
     <w:rsid w:val="00394FF2"/>
     <w:rsid w:val="003A042A"/>
     <w:rsid w:val="003A1D0C"/>
     <w:rsid w:val="003A656D"/>
     <w:rsid w:val="003B3E7A"/>
     <w:rsid w:val="003C0DED"/>
     <w:rsid w:val="003C6F17"/>
     <w:rsid w:val="003D15E7"/>
     <w:rsid w:val="003D3D3E"/>
     <w:rsid w:val="003E000A"/>
     <w:rsid w:val="003E3596"/>
     <w:rsid w:val="003E48F6"/>
     <w:rsid w:val="003E734C"/>
     <w:rsid w:val="003E74D1"/>
     <w:rsid w:val="003F50A4"/>
     <w:rsid w:val="003F5E3D"/>
+    <w:rsid w:val="00401A68"/>
     <w:rsid w:val="00413A8F"/>
     <w:rsid w:val="00414665"/>
     <w:rsid w:val="00437907"/>
     <w:rsid w:val="00447172"/>
     <w:rsid w:val="0045415B"/>
     <w:rsid w:val="00457761"/>
     <w:rsid w:val="00466785"/>
     <w:rsid w:val="004721CA"/>
     <w:rsid w:val="0047636D"/>
     <w:rsid w:val="00485592"/>
     <w:rsid w:val="00486086"/>
     <w:rsid w:val="004869A3"/>
     <w:rsid w:val="00492712"/>
     <w:rsid w:val="00492974"/>
     <w:rsid w:val="004A3FC3"/>
     <w:rsid w:val="004A473F"/>
     <w:rsid w:val="004A7002"/>
     <w:rsid w:val="004B1284"/>
     <w:rsid w:val="004C48A0"/>
     <w:rsid w:val="004C4AD9"/>
     <w:rsid w:val="004C6335"/>
     <w:rsid w:val="004F4AEC"/>
     <w:rsid w:val="004F4CE0"/>
     <w:rsid w:val="004F55B5"/>
     <w:rsid w:val="00501B7F"/>
@@ -19639,50 +19666,51 @@
     <w:rsid w:val="00A44646"/>
     <w:rsid w:val="00A4665A"/>
     <w:rsid w:val="00A53537"/>
     <w:rsid w:val="00A563A5"/>
     <w:rsid w:val="00A567B6"/>
     <w:rsid w:val="00A631A8"/>
     <w:rsid w:val="00A73D7C"/>
     <w:rsid w:val="00A762AC"/>
     <w:rsid w:val="00A76848"/>
     <w:rsid w:val="00A80142"/>
     <w:rsid w:val="00A802BC"/>
     <w:rsid w:val="00A830C7"/>
     <w:rsid w:val="00A8370D"/>
     <w:rsid w:val="00A97884"/>
     <w:rsid w:val="00AA42C5"/>
     <w:rsid w:val="00AA7CB9"/>
     <w:rsid w:val="00AB1BF8"/>
     <w:rsid w:val="00AB677C"/>
     <w:rsid w:val="00AB73E8"/>
     <w:rsid w:val="00AB753D"/>
     <w:rsid w:val="00AC4A40"/>
     <w:rsid w:val="00AC4A95"/>
     <w:rsid w:val="00AC5911"/>
     <w:rsid w:val="00AD4CF9"/>
     <w:rsid w:val="00AD74A8"/>
+    <w:rsid w:val="00AD79E0"/>
     <w:rsid w:val="00AE619C"/>
     <w:rsid w:val="00AF646A"/>
     <w:rsid w:val="00AF6842"/>
     <w:rsid w:val="00AF6FBD"/>
     <w:rsid w:val="00AF7AF9"/>
     <w:rsid w:val="00B05F85"/>
     <w:rsid w:val="00B07915"/>
     <w:rsid w:val="00B101F1"/>
     <w:rsid w:val="00B103B0"/>
     <w:rsid w:val="00B118F0"/>
     <w:rsid w:val="00B16EDD"/>
     <w:rsid w:val="00B17073"/>
     <w:rsid w:val="00B22D2D"/>
     <w:rsid w:val="00B266DA"/>
     <w:rsid w:val="00B26C5F"/>
     <w:rsid w:val="00B323FA"/>
     <w:rsid w:val="00B3334D"/>
     <w:rsid w:val="00B352B5"/>
     <w:rsid w:val="00B44351"/>
     <w:rsid w:val="00B44BBD"/>
     <w:rsid w:val="00B47699"/>
     <w:rsid w:val="00B56DC8"/>
     <w:rsid w:val="00B7115A"/>
     <w:rsid w:val="00B74DFB"/>
     <w:rsid w:val="00B75175"/>
@@ -19836,89 +19864,133 @@
     <w:rsid w:val="00FD738B"/>
     <w:rsid w:val="00FE19BB"/>
     <w:rsid w:val="00FE2FEC"/>
     <w:rsid w:val="00FE7A3A"/>
     <w:rsid w:val="00FE7D40"/>
     <w:rsid w:val="00FF0918"/>
     <w:rsid w:val="00FF64B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{23840774-DEA1-4507-9FF0-9E264ADE579C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -20116,68 +20188,74 @@
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal1"/>
     <w:next w:val="Normal1"/>
     <w:qFormat/>
     <w:rsid w:val="008B1252"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="008B1252"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="008B1252"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal3">
@@ -20271,102 +20349,102 @@
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="10"/>
     <w:rsid w:val="007A5509"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="009E2EBD"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="00F03BA6"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00B101F1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal4">
     <w:name w:val="Normal4"/>
     <w:rsid w:val="003154A9"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст у виносці Знак"/>
     <w:link w:val="a4"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD2401"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхній колонтитул Знак"/>
     <w:link w:val="a6"/>
     <w:rsid w:val="008F608B"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText2">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Основний текст 21"/>
+    <w:basedOn w:val="11"/>
     <w:rsid w:val="0098668C"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="62728268">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -20480,51 +20558,50 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2143189253">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -20758,62 +20835,62 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{14D7D30C-7F07-4ECE-92AE-B385CFAE31BD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F6AA93D2-D31C-48EB-8D4F-D0E11B1B8309}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
+  <Pages>7</Pages>
   <Words>6027</Words>
   <Characters>34358</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>286</Lines>
   <Paragraphs>80</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ДОГОВІР  № ________</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>40305</CharactersWithSpaces>