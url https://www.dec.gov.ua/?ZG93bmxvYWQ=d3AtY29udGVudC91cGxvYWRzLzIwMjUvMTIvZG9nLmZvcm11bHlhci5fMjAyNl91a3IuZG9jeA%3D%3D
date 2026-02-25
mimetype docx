--- v0 (2026-01-05)
+++ v1 (2026-02-25)
@@ -3,67 +3,65 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="00CD4031" w:rsidRDefault="00CD4031" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A1379">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ДОГОВІР №________/20</w:t>
       </w:r>
       <w:r w:rsidR="005F49FD">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="24"/>
@@ -79,73 +77,73 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="008A1379">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:szCs w:val="24"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Ф</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidRDefault="002D76FF" w:rsidP="005A5B61">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008A1379">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">м. Київ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -266,84 +264,84 @@
       </w:r>
       <w:r w:rsidRPr="008A1379">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>р</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>оку</w:t>
       </w:r>
       <w:r w:rsidRPr="008A1379">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                     </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRPr="008A1379" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007611DD" w:rsidRDefault="0084074F" w:rsidP="0084074F">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00823872">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>ДЕРЖАВНЕ ПІДПРИЄМСТВО  «ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»,</w:t>
       </w:r>
       <w:r w:rsidRPr="00CC742D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D76FF" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -421,56 +419,63 @@
         </w:rPr>
         <w:t>яка</w:t>
       </w:r>
       <w:r w:rsidR="007611DD" w:rsidRPr="008E0A1D">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007611DD" w:rsidRPr="008E0A1D">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">діє на підставі довіреності </w:t>
       </w:r>
       <w:r w:rsidR="00A607DC" w:rsidRPr="00645FCA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">від </w:t>
       </w:r>
+      <w:r w:rsidR="00F72CF1">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>11.02.2026 №20</w:t>
+      </w:r>
       <w:r w:rsidR="00D20C48">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>18.12.2025 №39/Д/С</w:t>
+        <w:t>/Д/С</w:t>
       </w:r>
       <w:r w:rsidR="00A607DC" w:rsidRPr="00645FCA">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="002D76FF" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>з одного боку, та</w:t>
       </w:r>
       <w:r w:rsidR="00A607DC">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>_____________</w:t>
       </w:r>
       <w:r w:rsidR="009E5C35">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -480,51 +485,51 @@
       </w:r>
       <w:r w:rsidR="006669C2" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AB5D2F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>___________________________</w:t>
       </w:r>
       <w:r w:rsidR="00510F49">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="007611DD" w:rsidP="007611DD">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="008A54C9" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00CD4031" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -693,114 +698,114 @@
       </w:r>
       <w:r w:rsidR="008A54C9" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>__________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00CD4031" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="002D76FF" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>___, з іншого боку, іменовані надалі «Сторони», уклали даний Договір про наступне:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007B5C92" w:rsidRPr="00B06AB5" w:rsidRDefault="007B5C92" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> предмет договору</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>1.1. Виконавець зобов’язується за дорученням Замовника здійснювати експертизу наданих Замовником матеріалів на лікарські засоби щодо можливості включення їх до Державного формуляра</w:t>
       </w:r>
       <w:r w:rsidR="006F3745" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F3745" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
@@ -809,190 +814,200 @@
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> на їх відповідність до вимог чинного законодавства України згідно з Рахунками-Специфікаціями</w:t>
       </w:r>
       <w:r w:rsidR="00BC2E8E" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>, що є невід`ємною складовою частиною</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> цього Договору, а Замовник – прийняти та оплатити надані послуги на умовах даного Договору.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Усі послуги за даним Договором реалізуються відповідно до вимог, встановлених  чинним законодавством України.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t xml:space="preserve">По завершенню окремого етапу проведення експертизи матеріалів, Сторони можуть підтверджувати </w:t>
+        <w:t>По завершенню окремого етапу проведення</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B06AB5">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> експертизи матеріалів, Сторони можуть підтверджувати </w:t>
       </w:r>
       <w:r w:rsidR="00730A32">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>його</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> виконання відповідними документами.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007B5C92" w:rsidRPr="00B06AB5" w:rsidRDefault="007B5C92" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Вартість ПОСЛУГ ТА ПОРЯДОК РОЗРАХУНКІВ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003665CF" w:rsidRPr="003665CF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Вартість послуг визначається </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
@@ -1030,268 +1045,268 @@
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Договору та вважаються узгодженими, якщо  Замовник протягом 10 (десяти) календарних днів не надасть відповідних заперечень.</w:t>
       </w:r>
       <w:r w:rsidRPr="003665CF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003665CF">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="003665CF" w:rsidRDefault="003665CF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003665CF">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Замовник має право в односторонньому порядку визначити платника за даним Договором, про що письмово повідомляє Виконавця відповідно до чинного законодавства України.</w:t>
       </w:r>
       <w:r w:rsidR="002D76FF" w:rsidRPr="003665CF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="002D76FF" w:rsidRPr="003665CF">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003665CF">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Рахунок-Специфікація</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> визначає зміст, валюту платежу, обсяги та вартість послуг з проведення</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> експертизи матеріалів.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Загальна вартість Договору визначається як сума вартості послуг, визначених у Рахунках-Специфікаціях, складених відповідно до умов даного Договору протягом терміну його дії.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Усі витрати (комісія, переказ коштів та інші), пов’язані з оплатою послуг, передбачених у Рахунках-Специфікаціях, покладаються на Замовника, який оплачує їх згідно з виставленими Виконавцем Рахунками - Специфікаціями.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Початком надання Виконавцем послуг з проведення експертизи матеріалів </w:t>
       </w:r>
       <w:r w:rsidR="00FA28BF" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>на лікарські засоби щодо можливості включення їх до Державного формуляра лікарських засобів</w:t>
       </w:r>
       <w:r w:rsidR="00FC2984" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> вважається виконання Замовником наступних умов, таких як, 100% попередньої оплати Замовником вартості надання послуг, передбачених пунктом 1.1. та надання всіх необхідних відомостей та матеріалів, відповідно до вимог, визначених чинним законодавством. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="003665CF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2.7</w:t>
       </w:r>
       <w:r w:rsidR="002D76FF" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.  Сторони домовилися, що у випадку підвищення розцінок на послуги, що надаються Виконавцем (внаслідок дій державних органів, в тому числі таких, які негативно впливають на можливість здійснення нормальної господарської діяльності в Україні та галузі, впливу індексу інфляції, а також будь-яких інших обставин), до моменту здійснення їх оплати Замовником Виконавець має право в односторонньому порядку змінити вартість послуг, що надаються відповідно до умов даного Договору, шляхом направлення скоригованого Рахунку-Специфікації на адресу Замовника.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="003665CF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>2.8</w:t>
       </w:r>
       <w:r w:rsidR="002D76FF" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
@@ -1308,196 +1323,196 @@
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>У разі, якщо Виконавець не може</w:t>
       </w:r>
       <w:r w:rsidR="002E16B8">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> виконати свої зобов`язання за Д</w:t>
       </w:r>
       <w:r w:rsidR="002D76FF" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>оговором з вини Замовника, вартість надання послуг Замовникові не повертається.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007B5C92" w:rsidRPr="00B06AB5" w:rsidRDefault="007B5C92" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Обов`язки сторін</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>Замовник зобов`язується:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>сплатити вартість послуг протягом 30 (тридцяти) календарних днів від дати оформлення Виконавцем Рахунку-Специфікації;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>надати Виконавцю усі необхідні відомості та матеріали, залежно від виду послуг, визначених  Рахунками-Специфікаціями, у порядку, обсязі та строк, встановлені чинним законодавством України;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">протягом 5 (п’яти) днів з дати отримання </w:t>
       </w:r>
       <w:r w:rsidR="00DA51AB" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
@@ -1576,130 +1591,130 @@
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> заперечень</w:t>
       </w:r>
       <w:r w:rsidR="00DA51AB" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> щодо його підписання</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>, такий акт вважається погодженим, а послуги наданими;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>сумлінно виконувати інші обов’язки, визначені відповідними нормативними документами.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="003665CF" w:rsidRDefault="003665CF" w:rsidP="003665CF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="003665CF" w:rsidRPr="00B06AB5" w:rsidRDefault="003665CF" w:rsidP="003665CF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="12"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>3.2.     Виконавець зобов`язується:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>провести експертизу наданих Замовником матеріалів відповідно до Рахунків-Специфікацій у порядку та терміни, передбачені чинним законодавством України;</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
         <w:numPr>
@@ -1866,90 +1881,90 @@
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRPr="00B06AB5" w:rsidRDefault="00246B4A" w:rsidP="00CD4031">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> Відповідальність  сторін</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">За невиконання або неналежне виконання своїх зобов’язань, визначених пп. а), </w:t>
@@ -1977,243 +1992,243 @@
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">-Специфікаціях, за кожний день </w:t>
       </w:r>
       <w:r w:rsidR="00563433" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>прострочення</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="007B5C92" w:rsidRPr="00A57189">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>За невиконання або неналежне виконання своїх зобов’язань за даним договором, Виконавець сплачує Замовнику пеню у розмірі 0,01% від суми відповідних невиконаних або несвоєчасно виконаних зобов’язань за кожен день прострочення, а за прострочення понад тридцять днів додатково стягується штраф у розмірі 1% від суми відповідних невиконаних або несвоєчасно виконаних зобов’язань</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>Сплата штрафних санкцій не звільняє Сторону, яка їх сплатила, від виконання зобов’язань за цим Договором.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>У випадках, не передбачених даним Договором, Сторони несуть відповідальність передбачену чинним законодавством України.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>4.5.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
         <w:t>Жодна із Сторін не несе відповідальності за ті події, які сталися не з її вини.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRPr="00B06AB5" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>5. ЗАХИСТ КОНФІДЕНЦІЙНОЇ  ІНФОРМАЦІЇ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
+    <w:p w:rsidR="002D76FF" w:rsidRPr="00F72CF1" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
-          <w:lang w:val="en-US"/>
+          <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>5.1.</w:t>
       </w:r>
@@ -2622,132 +2637,132 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D21641" w:rsidRPr="007B5C92" w:rsidRDefault="002D76FF" w:rsidP="007B5C92">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1364"/>
         </w:tabs>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Строк дії договору</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:left="540"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Договір набирає чинності з моменту підписання його </w:t>
       </w:r>
       <w:r w:rsidR="00310241" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>останньою із Сторін</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Цей Договір укладено терміном на один рік</w:t>
       </w:r>
       <w:r w:rsidR="00A81308">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
@@ -2777,366 +2792,366 @@
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, або до повного виконання зобов’язань Сторонами Договору, відповідно до Рахунків-Специфікацій, укладених та оплачених </w:t>
       </w:r>
       <w:r w:rsidR="00563433" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>згід</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>но до умов даного Договору.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00246B4A" w:rsidRPr="00B06AB5" w:rsidRDefault="00246B4A" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>інші умови</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="540"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Після підписання цього Договору всі попередні переговори, листування, протоколи про наміри та будь-які інші усні або письмові домовленості Сторін з питань, що так чи інакше стосуються цього Договору, втрачають юридичну силу.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Усі зміни та доповнення до Договору, а також його д</w:t>
       </w:r>
       <w:r w:rsidR="002E16B8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>острокове розірвання за згодою С</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">торін є чинними лише у тому випадку, якщо вони оформлені письмово у вигляді додаткових угод, які підписуються обома Сторонами. Усі додаткові угоди є невід’ємними частинами Договору. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Якщо після закінчення терміну дії цього Договору експертиза матеріалів не була завершена, даний Договір вважається автоматично пролонгованим на тих самих умовах до моменту завершення надання послуг згідно Рахунків-Специфікацій</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
@@ -3148,51 +3163,51 @@
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000C4D8C" w:rsidRPr="00E80B3F">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>У разі необхідності Сторони можуть домовитись про продовження строку дії Договору шляхом укладення відповідної додаткової угоди</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Сторони зобов’язуються повідомляти одна одній про зміни своїх банківських реквізитів, </w:t>
       </w:r>
       <w:r w:rsidR="00310241" w:rsidRPr="00B06AB5">
         <w:rPr>
@@ -3208,186 +3223,186 @@
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Єдиному державному реєстрі юридичних осіб та фізичних осіб-підприємців</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>адреси для листування, номерів телефонів, статусів платника податків протягом 10 (десяти) календарних днів з моменту виникнення відповідних змін.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Жодна з Сторін не має права передавати свої права та обов’язки за даним Договором третім особам без письмової згоди іншої Сторони. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Текст цього Договору складено українською мовою в двох дійсних (оригінальних) примірниках, що мають однакову юридичну силу - по одному примірнику для кожної із Сторін.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Закінчення строку дії Договору, так само, як і його розірвання або припинення з підстав, визначених Договором або чинним законодавством, не звільняє Сторони від відповідальності за невиконання чи неналежне виконання зобов'язань, що виникли в період дії Договору.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>У випадках, що не передбачені даним Договором, Сторони керуються чинним законодавством України.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Уповноважені особи Сторін підтверджують, що мають всі необхідні повноваження для здійснення дій щодо підписання Договору, копією зареєстрованих статутів або довіреністю, підписаною керівництвом Сторін.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E16B8" w:rsidRDefault="002E16B8" w:rsidP="002E16B8">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E16B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">Жодна із Сторін не буде нести відповідальність за повне або часткове невиконання зобов'язань за цим Договором, якщо невиконання </w:t>
       </w:r>
@@ -3408,51 +3423,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> внаслідок втручання з боку правоохоронних органів, у тому числі</w:t>
       </w:r>
       <w:r w:rsidRPr="002E16B8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002E16B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>органів прокуратури, Служби безпеки України, Національної поліції України, Національного антикорупційного бюро України, інших утворених відповідно до законодавства органів, які здійснюють правоохоронні функції (надалі «Правоохоронні органи»), щодо вилучення будь-яких оригіналів документів або будь-яких заборон, що виникли після укладення цього Договору, які унеможливлюють виконання Сторонами своїх зобов'язань за цим Договором.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E16B8" w:rsidRDefault="002E16B8" w:rsidP="002E16B8">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E16B8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">При виникненні </w:t>
       </w:r>
       <w:r w:rsidRPr="002E16B8">
         <w:rPr>
@@ -3499,51 +3514,51 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">обставин </w:t>
       </w:r>
       <w:r w:rsidRPr="002E16B8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">є відповідний документ, виданий </w:t>
       </w:r>
       <w:r w:rsidRPr="002E16B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>компетентним Правоохоронним органом, уповноваженим на це.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E16B8" w:rsidRPr="002E16B8" w:rsidRDefault="002E16B8" w:rsidP="002E16B8">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002E16B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Courier New"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
         </w:rPr>
         <w:t>Якщо обставини</w:t>
@@ -3603,271 +3618,271 @@
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> без сплати Сторонами будь-яких </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002E16B8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>пеней</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="002E16B8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> та штрафних санкцій.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E16B8" w:rsidRPr="00B06AB5" w:rsidRDefault="002E16B8" w:rsidP="002E16B8">
       <w:pPr>
-        <w:pStyle w:val="10"/>
+        <w:pStyle w:val="11"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="00D21641">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>порядок розгляду спірних питань</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="00246B4A">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:firstLine="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Усі спори та розбіжності, які виникли </w:t>
       </w:r>
       <w:r w:rsidR="00563433" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>протягом</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> терміну дії Договору, вирішуються Сторонами шляхом переговорів.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Спірні питання, з яких Сторони не дійшли згоди шляхом переговорів, розв’язуються в судовому порядку у відповідності до чинного законодавства України.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002E16B8" w:rsidRPr="00B06AB5" w:rsidRDefault="002E16B8" w:rsidP="002E16B8">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:ind w:firstLine="360"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">  Обробка персональних даних</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="num" w:pos="0"/>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="0" w:firstLine="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:caps/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>У</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>повноважені представники Сторін, підписавши цей Договір, надають згоду на обробку їх персональних даних та/або передачу їх третім особам для цілей, пов’</w:t>
       </w:r>
       <w:r w:rsidR="002E16B8">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>язаних з виконанням умов цього Д</w:t>
       </w:r>
       <w:r w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>оговору, а також підтверджують, що попереджені про свої права, визначені Законом України «Про захист персональних даних», мету збору даних. Сторони вправі здійснювати обробку персональних даних як самостійно, так і доручивши розпоряднику бази персональних даних.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D21641" w:rsidRDefault="00D21641" w:rsidP="00D21641">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D21641" w:rsidRDefault="00D21641" w:rsidP="00D21641">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
@@ -3877,358 +3892,352 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>АНТИКОРУПЦІЙНі ЗАСТЕРЕЖЕННЯ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D21641" w:rsidRDefault="00D21641" w:rsidP="00D21641">
       <w:pPr>
         <w:pStyle w:val="a6"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D21641" w:rsidRDefault="00D21641" w:rsidP="00D21641">
       <w:pPr>
-        <w:pStyle w:val="21"/>
+        <w:pStyle w:val="210"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="142" w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001D5C8A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Сторони зобов'язую</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>ться дотримуватися і забезпечувати</w:t>
       </w:r>
       <w:r w:rsidRPr="001D5C8A">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> дотримання вимог антикорупційного законодавства, зокрема їх учасниками, керівниками та працівниками, а також особами, які діють від їх імені.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D21641" w:rsidRDefault="00D21641" w:rsidP="00D21641">
       <w:pPr>
-        <w:pStyle w:val="21"/>
+        <w:pStyle w:val="210"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="360"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="142" w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D21641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Сторони зобов’язуються не робити пропозицію, не санкціонувати обіцянку, не здійснювати незаконних платежів, включаючи надання неправомірної вигоди (грошові кошти або інше майно, переваги, пільги, послуги, нематеріальні активи, будь-як інші вигоди нематеріального характеру, які обіцяють, пропонують, надають або одержують без законних на те підстав), будь-яким фізичним або юридичним особам, включаючи (але не обмежуючись) комерційним підприємствам і організаціям, органам державної влади і місцевого самоврядування, установам, державним службовцям, приватним підприємствам і їх представникам.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006E3D69" w:rsidRDefault="006E3D69" w:rsidP="006E3D69">
       <w:pPr>
-        <w:pStyle w:val="21"/>
+        <w:pStyle w:val="210"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="006E3D69" w:rsidRDefault="006E3D69" w:rsidP="006E3D69">
       <w:pPr>
-        <w:pStyle w:val="21"/>
+        <w:pStyle w:val="210"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="007B5C92" w:rsidRDefault="007B5C92" w:rsidP="006E3D69">
       <w:pPr>
-        <w:pStyle w:val="21"/>
+        <w:pStyle w:val="210"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D21641" w:rsidRPr="00D21641" w:rsidRDefault="00D21641" w:rsidP="00D21641">
       <w:pPr>
-        <w:pStyle w:val="21"/>
+        <w:pStyle w:val="210"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:left="142" w:firstLine="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D21641">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>Сторони погодились, що порушення однією із Сторін вищевикладених зобов’язань може розцінюватись як істотне порушення Договору, що надає право іншій Стороні на дострокове розірвання Договору шляхом надсилання письмового повідомлення із обґрунтуванням та наданням доказів порушення антикорупційного законодавства. Сторони зобов'язуються не вимагати відшкодування збитків, які були заподіяні таким розірванням Договору.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D21641" w:rsidRPr="00B06AB5" w:rsidRDefault="00D21641" w:rsidP="00D21641">
       <w:pPr>
-        <w:pStyle w:val="BodyText2"/>
+        <w:pStyle w:val="21"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="00B06AB5" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRDefault="00A607DC" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ЮРИДИЧНЫ АДРЕСИ</w:t>
       </w:r>
       <w:r w:rsidR="00310241" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002D76FF" w:rsidRPr="00B06AB5">
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>та реквізити сторін</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D21641" w:rsidRPr="00B06AB5" w:rsidRDefault="00D21641" w:rsidP="00D21641">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="20"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="002D76FF" w:rsidRPr="003B32B2" w:rsidRDefault="002D76FF" w:rsidP="002D76FF">
       <w:pPr>
-        <w:pStyle w:val="Normal"/>
+        <w:pStyle w:val="10"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10206" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4962"/>
         <w:gridCol w:w="5244"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidTr="0084074F">
-[...5 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="002D76FF" w:rsidRPr="00F72CF1" w:rsidTr="0084074F">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="403"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A1379">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ВИКОНАВЕЦЬ:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009A1B38" w:rsidRPr="003B32B2" w:rsidRDefault="009A1B38" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="0084074F" w:rsidRPr="00CC742D" w:rsidRDefault="0084074F" w:rsidP="0084074F">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДЕРЖАВНЕ ПІДПРИЄМСТВО</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0084074F" w:rsidRDefault="0084074F" w:rsidP="0084074F">
             <w:pPr>
-              <w:pStyle w:val="10"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>«</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ</w:t>
             </w:r>
@@ -4240,61 +4249,61 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>`</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Я УКРАЇНИ</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRDefault="00A607DC" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Юридична адреса</w:t>
             </w:r>
             <w:r w:rsidR="002D76FF" w:rsidRPr="00021EEC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidR="002D6A6A">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -4311,110 +4320,110 @@
             </w:r>
             <w:r w:rsidR="002D76FF" w:rsidRPr="008A1379">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="008C501C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Україна, </w:t>
             </w:r>
             <w:r w:rsidR="002D76FF" w:rsidRPr="008A1379">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">м. Київ, </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidRDefault="002D6A6A" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">вул. </w:t>
             </w:r>
             <w:r w:rsidR="004968C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Антона </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004968C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Цедік</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>, 14</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="00C02C6D" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:ind w:left="72"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00021EEC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Адреса для листування:</w:t>
             </w:r>
             <w:r w:rsidR="002D6A6A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> вул. </w:t>
             </w:r>
             <w:r w:rsidR="004968C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
@@ -4432,284 +4441,284 @@
             <w:r w:rsidR="002D6A6A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ка</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="002D6A6A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>, 14</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRDefault="002D6A6A" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>м. Київ, Україна, 030</w:t>
             </w:r>
             <w:r w:rsidR="004968C7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="005F49FD" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F49FD">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Банківські реквізити:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005F49FD" w:rsidRPr="005F49FD" w:rsidRDefault="005F49FD" w:rsidP="005F49FD">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:hanging="22"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F49FD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>UA</w:t>
             </w:r>
             <w:r w:rsidRPr="005F49FD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>473204780000000026009125608</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="005F49FD" w:rsidRDefault="002D76FF" w:rsidP="005F49FD">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F49FD">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>в АБ «УКРГАЗБАНК», м. Київ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="005F49FD" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:ind w:hanging="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidRDefault="00A81308" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F49FD">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Ідентифікаційний</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> код</w:t>
             </w:r>
             <w:r w:rsidR="002D76FF" w:rsidRPr="00574723">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="002D76FF" w:rsidRPr="008A1379">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002D76FF" w:rsidRPr="008A1379">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>20015794</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:ind w:hanging="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00574723">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ІПН</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidRPr="008A1379">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> 200157926550</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:ind w:hanging="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D76FF" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008A1379">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ЗАМОВНИК:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009A1B38" w:rsidRPr="003B32B2" w:rsidRDefault="009A1B38" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00021EEC">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Назва:</w:t>
             </w:r>
             <w:r w:rsidRPr="008A1379">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________________</w:t>
             </w:r>
             <w:r w:rsidR="00B766FE">
               <w:rPr>
@@ -5112,51 +5121,51 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00817C11">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="0084074F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C025D5">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ІПН</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00B766FE">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -5165,99 +5174,93 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidRPr="008A1379">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_______________________________________</w:t>
             </w:r>
             <w:r w:rsidR="00817C11">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="0084074F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidRDefault="002D76FF" w:rsidP="00CD4031">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="002D76FF" w:rsidRPr="008A1379" w:rsidTr="0084074F">
-        <w:tblPrEx>
-[...4 lines deleted...]
-        </w:tblPrEx>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="403"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4962" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D76FF" w:rsidRPr="006669C2" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006669C2">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Від Виконавця:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="003B32B2" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="006669C2" w:rsidRDefault="00510F49" w:rsidP="006669C2">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Д</w:t>
@@ -5292,265 +5295,265 @@
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="006669C2" w:rsidRDefault="006669C2" w:rsidP="006669C2">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006669C2">
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">_____________________________ </w:t>
             </w:r>
             <w:r w:rsidR="0084074F" w:rsidRPr="0084074F">
               <w:rPr>
                 <w:bCs w:val="0"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Світлана КОВТУН</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="006669C2" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="006669C2" w:rsidRDefault="002D76FF" w:rsidP="00765583">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="10"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006669C2">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>«_____»____________________ 20</w:t>
             </w:r>
             <w:r w:rsidR="005F49FD">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00765583">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="006669C2">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> року</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5244" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="002D76FF" w:rsidRPr="006669C2" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006669C2">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Від  Замовника:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="003B32B2" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="006669C2" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="006669C2" w:rsidRDefault="006669C2" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00AB5D2F" w:rsidRPr="0084074F" w:rsidRDefault="00AB5D2F" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="006669C2" w:rsidRDefault="002D76FF" w:rsidP="00CD4031">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006669C2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_____________________________/_______________/</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="006669C2" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="006669C2" w:rsidRDefault="002D76FF" w:rsidP="00CD4031">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:ind w:right="442"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006669C2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>«_____»____________________ 20</w:t>
             </w:r>
             <w:r w:rsidR="005F49FD">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00765583">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidRPr="006669C2">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> року</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002D76FF" w:rsidRPr="006669C2" w:rsidRDefault="002D76FF" w:rsidP="00572454">
             <w:pPr>
-              <w:pStyle w:val="BodyText2"/>
+              <w:pStyle w:val="21"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="002D76FF" w:rsidRPr="003B32B2" w:rsidRDefault="002D76FF" w:rsidP="003B32B2">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002D76FF" w:rsidRPr="003B32B2" w:rsidSect="00CD4031">
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="cornerTriangles" w:sz="10" w:space="24" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="24" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="24" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
@@ -6894,109 +6897,154 @@
     <w:rsid w:val="00AB5D2F"/>
     <w:rsid w:val="00AF5DCE"/>
     <w:rsid w:val="00B06AB5"/>
     <w:rsid w:val="00B229D5"/>
     <w:rsid w:val="00B56886"/>
     <w:rsid w:val="00B66078"/>
     <w:rsid w:val="00B766FE"/>
     <w:rsid w:val="00BA7016"/>
     <w:rsid w:val="00BB100B"/>
     <w:rsid w:val="00BC2E8E"/>
     <w:rsid w:val="00BD6FAD"/>
     <w:rsid w:val="00C02C6D"/>
     <w:rsid w:val="00C64602"/>
     <w:rsid w:val="00C6579D"/>
     <w:rsid w:val="00CD4031"/>
     <w:rsid w:val="00CE587D"/>
     <w:rsid w:val="00D20C48"/>
     <w:rsid w:val="00D21641"/>
     <w:rsid w:val="00DA51AB"/>
     <w:rsid w:val="00E01196"/>
     <w:rsid w:val="00E86333"/>
     <w:rsid w:val="00EC1FFB"/>
     <w:rsid w:val="00F30148"/>
     <w:rsid w:val="00F32EDB"/>
     <w:rsid w:val="00F351B2"/>
+    <w:rsid w:val="00F72CF1"/>
     <w:rsid w:val="00FA28BF"/>
     <w:rsid w:val="00FC2984"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{73E75514-C366-4770-9F67-9C25BBF94005}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -7199,87 +7247,93 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:rsid w:val="002D76FF"/>
     <w:pPr>
       <w:keepNext/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="002D76FF"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText2">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основний текст 21"/>
+    <w:basedOn w:val="10"/>
     <w:rsid w:val="002D76FF"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="Обычный1"/>
     <w:rsid w:val="002D76FF"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="005F49FD"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="005F49FD"/>
@@ -7305,67 +7359,66 @@
     <w:rsid w:val="003B32B2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00D21641"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
     <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00D21641"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -7599,51 +7652,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5DCA983A-90A7-4640-A59C-271FE4104B4A}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3B5FED83-C9B1-4013-B7AD-08FE66920960}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>2483</Words>
   <Characters>14157</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>117</Lines>
   <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>