--- v0 (2026-01-05)
+++ v1 (2026-02-25)
@@ -36,52 +36,50 @@
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="2698"/>
         <w:gridCol w:w="2342"/>
         <w:gridCol w:w="2547"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00CF6C32" w:rsidRDefault="007D4C64" w:rsidP="005A6DC4">
             <w:pPr>
               <w:pStyle w:val="Normal3"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">ДОГОВІР </w:t>
             </w:r>
             <w:r w:rsidR="008A0892" w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
             <w:r w:rsidR="008A0892" w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>______</w:t>
@@ -365,82 +363,82 @@
           <w:p w:rsidR="004E2BAB" w:rsidRDefault="004972A9" w:rsidP="004E2BAB">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00823872">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДЕРЖАВНЕ ПІДПРИЄМСТВО «ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B6CAA" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>іменований далі «Виконавець»,</w:t>
             </w:r>
             <w:r w:rsidR="008F18C3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B6CAA" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>що є платником податку на прибуток</w:t>
             </w:r>
             <w:r w:rsidR="008F18C3">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B6CAA" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">за основною ставкою згідно п. 136.1 ст. 136 ПКУ, в особі </w:t>
             </w:r>
             <w:r w:rsidR="005E0A77">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">директора </w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Департаменту фінансово-економічної</w:t>
             </w:r>
             <w:r w:rsidR="005E0A77">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> та адміністративно-господарської </w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="00CC742D">
@@ -471,68 +469,75 @@
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">діє на підставі довіреності </w:t>
             </w:r>
             <w:r w:rsidR="00E409D2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="00914AE6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="0078747C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="006B6CAA" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>з одного боку, та</w:t>
             </w:r>
             <w:r w:rsidR="00D94F31">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="004E2BAB">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_____________________________</w:t>
             </w:r>
             <w:r w:rsidR="009578E6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>______________</w:t>
             </w:r>
             <w:r w:rsidR="004E2BAB">
@@ -573,80 +578,80 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
             <w:r w:rsidR="00DF1596">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>______</w:t>
             </w:r>
             <w:r w:rsidR="00727A3E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B6CAA" w:rsidRPr="00965604" w:rsidRDefault="006B6CAA" w:rsidP="006B6CAA">
+          <w:p w:rsidR="006B6CAA" w:rsidRPr="00914AE6" w:rsidRDefault="006B6CAA" w:rsidP="006B6CAA">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_________________________________________________,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006B6CAA" w:rsidRPr="00965604" w:rsidRDefault="006B6CAA" w:rsidP="006B6CAA">
+          <w:p w:rsidR="006B6CAA" w:rsidRPr="00914AE6" w:rsidRDefault="006B6CAA" w:rsidP="006B6CAA">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>іменований далі «Замовник», від імені якого __________________________________________________діє на території України, в особі _____________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A830C7" w:rsidRPr="00A46280" w:rsidRDefault="006B6CAA" w:rsidP="00A46280">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A46280">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_________________________________________________, на підставі _______________________________________, з іншого боку, іменовані надалі «Сторони»,                         уклали    даний Договір про наступне:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
@@ -747,56 +752,63 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="002A47EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Kovtun, Director, Financial, Economic and Administrative </w:t>
             </w:r>
             <w:r w:rsidR="00727A3E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Work</w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="002A47EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Department, acting according to the Power of Attorney of </w:t>
             </w:r>
+            <w:r w:rsidR="00914AE6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="0078747C">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00E409D2" w:rsidRPr="00645FCA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="007D4C64">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">on the one part, </w:t>
             </w:r>
             <w:r w:rsidR="006B6CAA" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
             <w:r w:rsidR="00E409D2">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -1021,105 +1033,114 @@
               </w:rPr>
               <w:t>SUBJECT OF THE CONTRACT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00CF6C32" w:rsidRDefault="00C4698D" w:rsidP="00414665">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1. </w:t>
             </w:r>
             <w:r w:rsidR="00CF6C32" w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Виконавець зобов’язується за дорученням </w:t>
             </w:r>
             <w:r w:rsidR="00CF6C32">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                        </w:t>
             </w:r>
             <w:r w:rsidR="00CF6C32" w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Замовника здійснювати експертизу наданих Замовником матеріалів на лікарські засоби щодо можливості включення їх до Державного формуляра</w:t>
             </w:r>
+            <w:r w:rsidR="00CF6C32" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00CF6C32" w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лікарських засобів на їх відповідність до вимог чинного законодавства України згідно з Рахунками-Специфікаціями, що є невід`ємною </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF6C32">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                           </w:t>
             </w:r>
             <w:r w:rsidR="00CF6C32" w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">лікарських засобів на їх відповідність до вимог чинного законодавства України згідно з Рахунками-Специфікаціями, що є невід`ємною </w:t>
-[...7 lines deleted...]
-            </w:r>
+              <w:t>складовою частиною цього Догово</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00CF6C32" w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>складовою частиною цього Договору, а Замовник – прийняти та оплатити надані послуги на умовах даного Договору</w:t>
+              <w:t>ру, а Замовник – прийняти та оплатити надані послуги на умовах даного Договору</w:t>
             </w:r>
             <w:r w:rsidR="00790899" w:rsidRPr="00CF6C32">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00965604" w:rsidRDefault="00C4698D" w:rsidP="006B6CAA">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="434"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
@@ -1420,84 +1441,81 @@
             <w:r w:rsidR="00CF6C32" w:rsidRPr="00D14853">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ukraine</w:t>
             </w:r>
             <w:r w:rsidR="00624795" w:rsidRPr="00965604">
               <w:rPr>
                 <w:spacing w:val="-4"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00A46280" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009C30F7" w:rsidRPr="00A46280" w:rsidRDefault="00C4698D" w:rsidP="003D15E7">
+          <w:p w:rsidR="009C30F7" w:rsidRPr="00914AE6" w:rsidRDefault="00C4698D" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00A46280">
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
-            <w:r w:rsidR="00790899" w:rsidRPr="00A46280">
+            <w:r w:rsidR="00790899" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Вартість послуг ТА ПОРЯДОК РОЗРАХУНКІВ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="004913D7" w:rsidRPr="00A46280" w:rsidRDefault="00A46280" w:rsidP="00A46280">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="6"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="1364"/>
                 <w:tab w:val="num" w:pos="138"/>
               </w:tabs>
               <w:ind w:left="138" w:hanging="138"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1549,88 +1567,88 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>AND PAYMENT</w:t>
             </w:r>
             <w:r w:rsidR="002262C4" w:rsidRPr="00A46280">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> PROCEDURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidRDefault="00CF6C32" w:rsidP="00D83A5A">
+          <w:p w:rsidR="009C30F7" w:rsidRPr="00914AE6" w:rsidRDefault="00CF6C32" w:rsidP="00D83A5A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Вартість послуг визначається Рахунками – Специфікаціями, виданими Виконавцем, які є невід’ємною частиною даного Договору та вважаються узгодженими, якщо  Замовник протягом 10 (десяти) календарних днів не надасть відповідних заперечень</w:t>
             </w:r>
             <w:bookmarkStart w:id="1" w:name="OLE_LINK1"/>
-            <w:r w:rsidR="00790899" w:rsidRPr="00965604">
+            <w:r w:rsidR="00790899" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="00790899" w:rsidRPr="00965604">
-[...2 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00790899" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:bookmarkEnd w:id="1"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidRDefault="004F4CE0" w:rsidP="00283F2C">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -1997,104 +2015,104 @@
             </w:r>
             <w:r w:rsidR="00343DE6" w:rsidRPr="00D14853">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>The total cost of the Contract shall be determined as the sum of all costs of services specified in Invoices-Specifications drawn up in accordance with the conditions of the present Contract during its validity</w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00756EB9" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00756EB9" w:rsidRPr="00965604" w:rsidRDefault="00756EB9" w:rsidP="003D15E7">
+          <w:p w:rsidR="00756EB9" w:rsidRPr="00914AE6" w:rsidRDefault="00756EB9" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Розрахунки здійснюються у валюті:</w:t>
             </w:r>
-            <w:r w:rsidR="00900317" w:rsidRPr="00965604">
+            <w:r w:rsidR="00900317" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> долар США та/або Євро</w:t>
             </w:r>
-            <w:r w:rsidR="006965A6" w:rsidRPr="00965604">
+            <w:r w:rsidR="006965A6" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> та/або грн</w:t>
             </w:r>
-            <w:r w:rsidR="00900317" w:rsidRPr="00965604">
+            <w:r w:rsidR="00900317" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                    </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00756EB9" w:rsidRPr="00965604" w:rsidRDefault="00B07915" w:rsidP="00420AC2">
             <w:pPr>
               <w:pStyle w:val="Normal3"/>
               <w:ind w:left="434" w:hanging="434"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -2118,80 +2136,80 @@
             <w:r w:rsidR="00AE17C3" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Payment is made in currency: US dollar and/or     Euro and/or UAH.</w:t>
             </w:r>
             <w:r w:rsidR="00AE17C3" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="004519A7" w:rsidRPr="00343DE6" w:rsidRDefault="00343DE6" w:rsidP="00343DE6">
+          <w:p w:rsidR="004519A7" w:rsidRPr="00914AE6" w:rsidRDefault="00343DE6" w:rsidP="00343DE6">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Усі витрати (комісія, переказ коштів та інші), пов’язані з оплатою послуг, передбачених у Рахунках-Специфікаціях, покладаються на Замовника, який оплачує їх згідно з виставленими Виконавцем Рахунками - Специфікаціями</w:t>
             </w:r>
-            <w:r w:rsidR="00790899" w:rsidRPr="00965604">
+            <w:r w:rsidR="00790899" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009C30F7" w:rsidRPr="00965604" w:rsidRDefault="005D347F" w:rsidP="00420AC2">
             <w:pPr>
               <w:pStyle w:val="Normal3"/>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -4988,66 +5006,66 @@
               </w:numPr>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>FORCE MAJEURE</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2EBD" w:rsidRPr="00A26D9C" w:rsidRDefault="000A0E0A" w:rsidP="000A0E0A">
+          <w:p w:rsidR="009E2EBD" w:rsidRPr="00914AE6" w:rsidRDefault="000A0E0A" w:rsidP="000A0E0A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="16"/>
               </w:numPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="253" w:hanging="253"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00A26D9C" w:rsidRPr="00A26D9C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Сторона звільняється від відповідальності за часткове або повне невиконання будь-якого з положень цього Договору, якщо таке невиконання стало наслідком причин, що перебувають поза можливістю впливу цієї Сторони, а саме – наслідком стихійного лиха, пожежі, війни, страйку, військових дій, громадських безпорядків або дії інших обставин, що впливають на виконання Стороною зобов’язань за цим Договором (далі – «дія обставин непереборної сили»).</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="00A26D9C" w:rsidRDefault="000A0E0A" w:rsidP="000A0E0A">
             <w:pPr>
               <w:pStyle w:val="a6"/>
               <w:numPr>
@@ -5544,112 +5562,111 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidR="009E2EBD" w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>7. VALIDITY PERIOD OF THE CONTRACT</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
+          <w:p w:rsidR="009E2EBD" w:rsidRPr="00914AE6" w:rsidRDefault="009E2EBD" w:rsidP="003D15E7">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Договір набирає чинності з моменту підписання його </w:t>
             </w:r>
-            <w:r w:rsidR="0073029C" w:rsidRPr="00965604">
+            <w:r w:rsidR="0073029C" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">останньою із </w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Стор</w:t>
             </w:r>
-            <w:r w:rsidR="0073029C" w:rsidRPr="00965604">
+            <w:r w:rsidR="0073029C" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>ін</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A71E34" w:rsidRDefault="009E2EBD" w:rsidP="00A46280">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004913D7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Цей Договір укладено терміном на один рік, </w:t>
             </w:r>
             <w:r w:rsidR="006408DB">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
@@ -5765,51 +5782,50 @@
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>повн</w:t>
             </w:r>
             <w:r w:rsidR="004913D7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">ого виконання зобов’язань Сторонами </w:t>
             </w:r>
             <w:r w:rsidRPr="004913D7">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Договору, відповідно до Рахунків-Специфікацій, укладених та оплачених відповідно до умов даного Договору.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00420AC2" w:rsidRPr="00420AC2" w:rsidRDefault="00420AC2" w:rsidP="00420AC2">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="00A46280">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="280" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -5990,130 +6006,130 @@
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">OTHER </w:t>
             </w:r>
             <w:r w:rsidR="009E2EBD" w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>CONDITIONS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="008E74A3" w:rsidP="000A0E0A">
+          <w:p w:rsidR="009E2EBD" w:rsidRPr="00914AE6" w:rsidRDefault="008E74A3" w:rsidP="000A0E0A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Після підписання цього Договору всі попередні переговори, листування, протоколи про наміри та будь-які інші усні або письмові домовленості Сторін з питань, що так чи інакше стосуються цього Договору, втрачають юридичну силу</w:t>
             </w:r>
-            <w:r w:rsidR="009E2EBD" w:rsidRPr="00965604">
+            <w:r w:rsidR="009E2EBD" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="008E74A3" w:rsidP="000A0E0A">
+          <w:p w:rsidR="009E2EBD" w:rsidRPr="00914AE6" w:rsidRDefault="008E74A3" w:rsidP="000A0E0A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Усі зміни та доповнення до Договору, а також його д</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>острокове розірвання за згодою С</w:t>
             </w:r>
             <w:r w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>торін є чинними лише у тому випадку, якщо вони оформлені письмово у вигляді додаткових угод, які підписуються обома Сторонами. Усі додаткові угоди є невід’ємними частинами Договору</w:t>
             </w:r>
-            <w:r w:rsidR="009E2EBD" w:rsidRPr="00965604">
+            <w:r w:rsidR="009E2EBD" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00A71E34" w:rsidRPr="004913D7" w:rsidRDefault="008E74A3" w:rsidP="000A0E0A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B06AB5">
               <w:rPr>
@@ -6244,63 +6260,63 @@
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="000A0E0A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Текст цього Договору складено українською та англійською мовами в двох дійсних (оригінальних) примірниках, що мають однакову юридичну силу, - по одному примірнику для кожної із Сторін.</w:t>
             </w:r>
-            <w:r w:rsidR="00E81975" w:rsidRPr="00965604">
+            <w:r w:rsidR="00E81975" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E81975" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">У випадку виникнення розбіжностей щодо тлумачення </w:t>
             </w:r>
             <w:r w:rsidR="00965604" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">чи застосування положень цього </w:t>
             </w:r>
             <w:r w:rsidR="00965604" w:rsidRPr="004913D7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Д</w:t>
             </w:r>
             <w:r w:rsidR="00E81975" w:rsidRPr="004913D7">
@@ -6332,164 +6348,164 @@
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Закінчення строку дії Договору, так само, як і його розірвання або припинення з підстав, визначених Договором або чинним законодавством, не звільняє Сторони від відповідальності за невиконання чи неналежне виконання зобов'язань, що виникли в період дії Договору</w:t>
             </w:r>
             <w:r w:rsidR="009E2EBD" w:rsidRPr="008E74A3">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="000A0E0A">
+          <w:p w:rsidR="009E2EBD" w:rsidRPr="00914AE6" w:rsidRDefault="009E2EBD" w:rsidP="000A0E0A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>У випадках, що не передбачені даним Договором, Сторони керуються чинним законодавством України.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00DA536E" w:rsidRPr="00965604" w:rsidRDefault="008E74A3" w:rsidP="000A0E0A">
+          <w:p w:rsidR="00DA536E" w:rsidRPr="00914AE6" w:rsidRDefault="008E74A3" w:rsidP="000A0E0A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Уповноважені особи Сторін підтверджують, що мають всі необхідні повноваження для здійснення дій щодо підписання Договору, копією зареєстрованих статутів або довіреністю, підписаною керівництвом Сторін</w:t>
             </w:r>
-            <w:r w:rsidR="0025118E" w:rsidRPr="00965604">
+            <w:r w:rsidR="0025118E" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="009E2EBD" w:rsidRPr="00965604">
+            <w:r w:rsidR="009E2EBD" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008C156A" w:rsidRPr="00141C00" w:rsidRDefault="008E74A3" w:rsidP="000A0E0A">
+          <w:p w:rsidR="008C156A" w:rsidRPr="00914AE6" w:rsidRDefault="008E74A3" w:rsidP="000A0E0A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E16B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>Жодна із Сторін не буде нести відповідальність за повне або часткове невиконання зобов'язань за цим Договором, якщо невиконання виникло внаслідок втручання з боку правоохоронних органів, у тому числі</w:t>
             </w:r>
             <w:r w:rsidRPr="002E16B8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002E16B8">
               <w:rPr>
                 <w:rFonts w:eastAsia="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>органів прокуратури, Служби безпеки України, Національної поліції України, Національного антикорупційного бюро України, інших утворених відповідно до законодавства органів, які здійснюють правоохоронні функції (надалі «Правоохоронні органи»), щодо вилучення будь-яких оригіналів документів або будь-яких заборон, що виникли після укладення цього Договору, які унеможливлюють виконання Сторонами своїх зобов'язань за цим Договором</w:t>
             </w:r>
-            <w:r w:rsidR="008C156A" w:rsidRPr="00965604">
+            <w:r w:rsidR="008C156A" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Courier New"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US" w:eastAsia="uk-UA"/>
+                <w:lang w:val="ru-RU" w:eastAsia="uk-UA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008C156A" w:rsidRPr="00141C00" w:rsidRDefault="008E74A3" w:rsidP="000A0E0A">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:ind w:left="357" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E16B8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
@@ -7456,71 +7472,71 @@
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00E9516B" w:rsidRPr="00965604" w:rsidRDefault="00E9516B" w:rsidP="000A0E0A">
             <w:pPr>
               <w:ind w:left="280" w:hanging="357"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>8.1</w:t>
             </w:r>
-            <w:r w:rsidR="005C7EB7">
-[...7 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidR="005C7EB7" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
               <w:t>. In the circumstances specified in item 8.1</w:t>
             </w:r>
-            <w:r w:rsidR="005C7EB7">
+            <w:r w:rsidR="005C7EB7" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">.                       of this Contract, the Party whose obligations are hindered by such circumstances shall notify                            the other Party in writing within 10 (ten) calendar days from the date of their occurrence. Satisfactory proof of the existence of circumstances is </w:t>
             </w:r>
             <w:r w:rsidR="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>an appropriate</w:t>
             </w:r>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
@@ -7988,51 +8004,50 @@
             <w:r w:rsidRPr="001B09C8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ed in court in accordance with the current legislation of Ukraine</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00A71E34" w:rsidRPr="00A46280" w:rsidRDefault="009E2EBD" w:rsidP="00A46280">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>ОБРОБКА ПЕРСОНАЛЬНИХ ДАНИХ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -8057,51 +8072,50 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>PERSONAL DATA PROCESSING</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00A71E34" w:rsidRDefault="00A46280" w:rsidP="000A0E0A">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
               <w:numPr>
                 <w:ilvl w:val="1"/>
                 <w:numId w:val="4"/>
               </w:numPr>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>У</w:t>
             </w:r>
             <w:r w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">повноважені представники Сторін, підписавши цей Договір, надають згоду на обробку </w:t>
             </w:r>
@@ -8154,51 +8168,50 @@
               <w:t>Законом України «Про захист персональних</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                       </w:t>
             </w:r>
             <w:r w:rsidRPr="00B06AB5">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> даних», мету збору даних. Сторони вправі здійснювати обробку персональних даних як самостійно, так і доручивши розпоряднику бази персональних даних</w:t>
             </w:r>
             <w:r w:rsidR="009E2EBD" w:rsidRPr="00A46280">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005C7EB7" w:rsidRPr="005C7EB7" w:rsidRDefault="005C7EB7" w:rsidP="005C7EB7">
             <w:pPr>
-              <w:pStyle w:val="a7"/>
               <w:ind w:left="360"/>
               <w:contextualSpacing/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4889" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009E2EBD" w:rsidRPr="00965604" w:rsidRDefault="009E2EBD" w:rsidP="000A0E0A">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="280" w:hanging="280"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
@@ -8888,1218 +8901,1234 @@
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>EGAL ADDRESSES</w:t>
             </w:r>
             <w:r w:rsidR="009E2EBD" w:rsidRPr="005C7EB7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> AND BANK DETAILS OF THE PARTIES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2520" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003849AB" w:rsidRDefault="003849AB" w:rsidP="00BB7CFB">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal"/>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="00BB7CFB">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Виконавець:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C7EB7" w:rsidRPr="00420AC2" w:rsidRDefault="005C7EB7" w:rsidP="00BB7CFB">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal"/>
+          <w:p w:rsidR="005C7EB7" w:rsidRPr="00914AE6" w:rsidRDefault="005C7EB7" w:rsidP="00BB7CFB">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="004972A9" w:rsidRPr="00904843" w:rsidRDefault="004972A9" w:rsidP="004972A9">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00904843">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">ДЕРЖАВНЕ ПІДПРИЄМСТВО </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="004972A9" w:rsidRDefault="004972A9" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00904843">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>«ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="00E409D2" w:rsidP="006D64FA">
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="00E409D2" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Юридична адреса</w:t>
             </w:r>
-            <w:r w:rsidR="003849AB" w:rsidRPr="00965604">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="003849AB" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="00725EFC" w:rsidP="006D64FA">
-[...12 lines deleted...]
-                <w:lang w:val="en-US"/>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="00725EFC" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>030</w:t>
             </w:r>
-            <w:r w:rsidR="00174669" w:rsidRPr="00965604">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00174669" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>57</w:t>
             </w:r>
-            <w:r w:rsidR="003849AB" w:rsidRPr="00965604">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="003849AB" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00D9168C" w:rsidRPr="00965604">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00D9168C" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Україна, </w:t>
             </w:r>
-            <w:r w:rsidR="003849AB" w:rsidRPr="00965604">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="003849AB" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">м. Київ                        вул. </w:t>
             </w:r>
-            <w:r w:rsidR="00174669" w:rsidRPr="00965604">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00174669" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Антона Цедіка,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 14</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
-[...9 lines deleted...]
-          <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">Адреса для листування: </w:t>
             </w:r>
-            <w:r w:rsidR="00725EFC" w:rsidRPr="00965604">
+            <w:r w:rsidR="00725EFC" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">вул. </w:t>
             </w:r>
-            <w:r w:rsidR="00174669" w:rsidRPr="00965604">
+            <w:r w:rsidR="00174669" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Антона Цедіка</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:r w:rsidR="00725EFC" w:rsidRPr="00965604">
+            <w:r w:rsidR="00725EFC" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
-[...8 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>м. Київ, Україна, 03</w:t>
             </w:r>
-            <w:r w:rsidR="00174669" w:rsidRPr="00965604">
+            <w:r w:rsidR="00174669" w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>057</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Банківські реквізити:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AB5E80" w:rsidRPr="00965604" w:rsidRDefault="00AB5E80" w:rsidP="00AB5E80">
+          <w:p w:rsidR="00AB5E80" w:rsidRPr="00914AE6" w:rsidRDefault="00AB5E80" w:rsidP="00AB5E80">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:hanging="22"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="00AB5E80" w:rsidRPr="00965604" w:rsidRDefault="00AB5E80" w:rsidP="00AB5E80">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>UA</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4732047800000000</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AB5E80" w:rsidRPr="00914AE6" w:rsidRDefault="00AB5E80" w:rsidP="00AB5E80">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:hanging="22"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>26009125608</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD32F7" w:rsidRPr="00965604" w:rsidRDefault="00F81353" w:rsidP="00AB5E80">
+          <w:p w:rsidR="00CD32F7" w:rsidRPr="00914AE6" w:rsidRDefault="00F81353" w:rsidP="00AB5E80">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:hanging="22"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">в </w:t>
             </w:r>
+            <w:r w:rsidR="003849AB" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">АБ </w:t>
+            </w:r>
+            <w:r w:rsidR="00295B22" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="003849AB" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>УКРГАЗБА</w:t>
+            </w:r>
             <w:r w:rsidR="003849AB" w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">АБ </w:t>
-[...21 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:t>H</w:t>
+            </w:r>
+            <w:r w:rsidR="003849AB" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>К</w:t>
+            </w:r>
+            <w:r w:rsidR="00295B22" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>»</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD32F7" w:rsidRPr="00965604" w:rsidRDefault="00CD32F7" w:rsidP="00CD32F7">
+          <w:p w:rsidR="00CD32F7" w:rsidRPr="00914AE6" w:rsidRDefault="00CD32F7" w:rsidP="00CD32F7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:hanging="22"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Україна, м.Київ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD32F7" w:rsidRPr="00965604" w:rsidRDefault="00CD32F7" w:rsidP="00CD32F7">
+          <w:p w:rsidR="00CD32F7" w:rsidRPr="00914AE6" w:rsidRDefault="00CD32F7" w:rsidP="00CD32F7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:hanging="22"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>вул. Єреванська, 1</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00CD32F7" w:rsidRPr="00965604" w:rsidRDefault="00CD32F7" w:rsidP="00CD32F7">
-[...16 lines deleted...]
-          <w:p w:rsidR="00B548B1" w:rsidRPr="00965604" w:rsidRDefault="00B548B1" w:rsidP="00B548B1">
+          <w:p w:rsidR="00CD32F7" w:rsidRPr="00914AE6" w:rsidRDefault="00CD32F7" w:rsidP="00CD32F7">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>SWIFT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>UGASUAUK</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00B548B1" w:rsidRPr="00914AE6" w:rsidRDefault="00B548B1" w:rsidP="00B548B1">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>Ідентифікаційний код</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20015794</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AB753D" w:rsidRDefault="00B548B1" w:rsidP="00BB7CFB">
+          <w:p w:rsidR="00AB753D" w:rsidRPr="00914AE6" w:rsidRDefault="00B548B1" w:rsidP="00BB7CFB">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:hanging="22"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ІПН</w:t>
             </w:r>
-            <w:r w:rsidRPr="00965604">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> 200157926550</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C7EB7" w:rsidRPr="00965604" w:rsidRDefault="005C7EB7" w:rsidP="00BB7CFB">
+          <w:p w:rsidR="005C7EB7" w:rsidRPr="00914AE6" w:rsidRDefault="005C7EB7" w:rsidP="00BB7CFB">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:hanging="22"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="00CD32F7">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="00CD32F7">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2698" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003849AB" w:rsidRDefault="003849AB" w:rsidP="00BB7CFB">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal"/>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="00BB7CFB">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00965604">
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>ЗАМОВНИК:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C7EB7" w:rsidRPr="00420AC2" w:rsidRDefault="005C7EB7" w:rsidP="00BB7CFB">
-[...1 lines deleted...]
-              <w:pStyle w:val="Normal"/>
+          <w:p w:rsidR="005C7EB7" w:rsidRPr="00914AE6" w:rsidRDefault="005C7EB7" w:rsidP="00BB7CFB">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Назва п-ва:</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81353">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>___________</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60121" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60121" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>______</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60121" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60121" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="004972A9" w:rsidRDefault="004972A9" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB7CFB">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_____</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00F81353" w:rsidRDefault="00236F13" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Юридична адреса</w:t>
+            </w:r>
+            <w:r w:rsidR="003849AB" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81353">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81353" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F81353" w:rsidRPr="00914AE6" w:rsidRDefault="001059F2" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="a4"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Адреса для листування:</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81353">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60121" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00914AE6" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81353" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F81353" w:rsidRPr="00914AE6" w:rsidRDefault="001059F2" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00F81353" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Банківські реквізити:</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81353">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60121" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>__</w:t>
+            </w:r>
+            <w:r w:rsidR="00F81353">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
           </w:p>
           <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
             <w:pPr>
-              <w:pStyle w:val="a4"/>
-[...15 lines deleted...]
-              <w:t>Назва п-ва:</w:t>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60121" w:rsidRPr="00965604">
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60121" w:rsidRPr="00965604">
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>________________________________________________________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60121" w:rsidRPr="00965604">
+              <w:rPr>
+                <w:b/>
+                <w:caps/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>_________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="003849AB" w:rsidP="006D64FA">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="00D60121" w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>___</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="003849AB" w:rsidRPr="00965604" w:rsidRDefault="00417E51" w:rsidP="0011087D">
+            <w:pPr>
+              <w:pStyle w:val="11"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00965604">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Ідентифікаційний код:</w:t>
             </w:r>
             <w:r w:rsidR="00F81353">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...146 lines deleted...]
-                <w:lang w:val="uk-UA"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB753D" w:rsidRPr="00965604">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>_____</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003849AB" w:rsidRPr="00F81353" w:rsidRDefault="00236F13" w:rsidP="006D64FA">
-[...406 lines deleted...]
-          </w:p>
           <w:p w:rsidR="00F81353" w:rsidRPr="00BB7CFB" w:rsidRDefault="00B548B1" w:rsidP="00AB5E80">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>______________________________________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2342" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="003849AB" w:rsidRDefault="003849AB" w:rsidP="00BB7CFB">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:jc w:val="center"/>
@@ -11289,146 +11318,239 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00965604">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>_________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="009E2EBD" w:rsidRPr="005C7EB7" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="009E2EBD" w:rsidRPr="005C7EB7" w:rsidRDefault="009E2EBD" w:rsidP="00BB7CFB">
+          <w:p w:rsidR="009E2EBD" w:rsidRPr="00914AE6" w:rsidRDefault="009E2EBD" w:rsidP="00BB7CFB">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-            </w:pPr>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Від Виконавця</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> /</w:t>
+            </w:r>
             <w:r w:rsidRPr="005C7EB7">
               <w:rPr>
                 <w:b/>
-                <w:bCs/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C7EB7" w:rsidRPr="00420AC2" w:rsidRDefault="005C7EB7" w:rsidP="00BB7CFB">
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Performer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C7EB7" w:rsidRPr="00914AE6" w:rsidRDefault="005C7EB7" w:rsidP="00BB7CFB">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
-                <w:lang w:val="en-US"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="0011087D" w:rsidRPr="005C7EB7" w:rsidRDefault="00727A3E" w:rsidP="00BB7CFB">
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="0011087D" w:rsidRPr="00914AE6" w:rsidRDefault="00727A3E" w:rsidP="00BB7CFB">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C7EB7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Д</w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="005C7EB7">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">иректор Департаменту фінансово-економічної та адміністративно-господарської роботи / </w:t>
             </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="005C7EB7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Director, Financial, Economic and Administrative </w:t>
+              <w:t>Director</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0A77" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0A77" w:rsidRPr="005C7EB7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Financial</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0A77" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0A77" w:rsidRPr="005C7EB7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Economic</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0A77" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0A77" w:rsidRPr="005C7EB7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0A77" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005E0A77" w:rsidRPr="005C7EB7">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Administrative</w:t>
+            </w:r>
+            <w:r w:rsidR="005E0A77" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="005C7EB7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Work</w:t>
             </w:r>
+            <w:r w:rsidR="005E0A77" w:rsidRPr="00914AE6">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="005E0A77" w:rsidRPr="005C7EB7">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Department</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005C7EB7" w:rsidRPr="00420AC2" w:rsidRDefault="005C7EB7" w:rsidP="005C7EB7">
+              <w:t>Department</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="005C7EB7" w:rsidRPr="00914AE6" w:rsidRDefault="005C7EB7" w:rsidP="005C7EB7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="004972A9" w:rsidRPr="005C7EB7" w:rsidRDefault="0011087D" w:rsidP="004972A9">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005C7EB7">
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>__________________________</w:t>
             </w:r>
             <w:r w:rsidRPr="005C7EB7">
               <w:rPr>
                 <w:b/>
@@ -11765,58 +11887,58 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003750EC" w:rsidRPr="00965604" w:rsidSect="00AB753D">
       <w:footerReference w:type="even" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="9" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002B6F4D" w:rsidRDefault="002B6F4D">
+    <w:p w:rsidR="0070521C" w:rsidRDefault="0070521C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002B6F4D" w:rsidRDefault="002B6F4D">
+    <w:p w:rsidR="0070521C" w:rsidRDefault="0070521C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -11894,84 +12016,84 @@
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00A45296">
+    <w:r w:rsidR="00914AE6">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00103073" w:rsidRDefault="00103073" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002B6F4D" w:rsidRDefault="002B6F4D">
+    <w:p w:rsidR="0070521C" w:rsidRDefault="0070521C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002B6F4D" w:rsidRDefault="002B6F4D">
+    <w:p w:rsidR="0070521C" w:rsidRDefault="0070521C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026627D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E814F044"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -15715,50 +15837,51 @@
     <w:rsid w:val="006759F7"/>
     <w:rsid w:val="00676684"/>
     <w:rsid w:val="00676FD2"/>
     <w:rsid w:val="00680804"/>
     <w:rsid w:val="006916F6"/>
     <w:rsid w:val="00691E0D"/>
     <w:rsid w:val="006965A6"/>
     <w:rsid w:val="00697148"/>
     <w:rsid w:val="006A660E"/>
     <w:rsid w:val="006B3957"/>
     <w:rsid w:val="006B4396"/>
     <w:rsid w:val="006B5F7E"/>
     <w:rsid w:val="006B6CAA"/>
     <w:rsid w:val="006B70D5"/>
     <w:rsid w:val="006C1537"/>
     <w:rsid w:val="006C3E0D"/>
     <w:rsid w:val="006C5E19"/>
     <w:rsid w:val="006D64FA"/>
     <w:rsid w:val="006E1576"/>
     <w:rsid w:val="006E5CE2"/>
     <w:rsid w:val="006F1073"/>
     <w:rsid w:val="006F4516"/>
     <w:rsid w:val="006F6AB8"/>
     <w:rsid w:val="007010C4"/>
     <w:rsid w:val="00703BE7"/>
+    <w:rsid w:val="0070521C"/>
     <w:rsid w:val="0070646E"/>
     <w:rsid w:val="00720045"/>
     <w:rsid w:val="00721490"/>
     <w:rsid w:val="00723A66"/>
     <w:rsid w:val="00725EFC"/>
     <w:rsid w:val="0072746C"/>
     <w:rsid w:val="007275CD"/>
     <w:rsid w:val="00727A3E"/>
     <w:rsid w:val="0073029C"/>
     <w:rsid w:val="00741E7E"/>
     <w:rsid w:val="00745396"/>
     <w:rsid w:val="0074632E"/>
     <w:rsid w:val="00756EB9"/>
     <w:rsid w:val="0075790D"/>
     <w:rsid w:val="007753AB"/>
     <w:rsid w:val="007776AA"/>
     <w:rsid w:val="0078747C"/>
     <w:rsid w:val="00790122"/>
     <w:rsid w:val="00790899"/>
     <w:rsid w:val="00791AC0"/>
     <w:rsid w:val="007A004B"/>
     <w:rsid w:val="007A42AE"/>
     <w:rsid w:val="007A5509"/>
     <w:rsid w:val="007B1D1E"/>
     <w:rsid w:val="007B3165"/>
@@ -15783,50 +15906,51 @@
     <w:rsid w:val="00886CA0"/>
     <w:rsid w:val="008872A0"/>
     <w:rsid w:val="00892C1C"/>
     <w:rsid w:val="00894924"/>
     <w:rsid w:val="00897418"/>
     <w:rsid w:val="008A0892"/>
     <w:rsid w:val="008A3D3C"/>
     <w:rsid w:val="008A6B2C"/>
     <w:rsid w:val="008A6F20"/>
     <w:rsid w:val="008B1252"/>
     <w:rsid w:val="008B1595"/>
     <w:rsid w:val="008B3895"/>
     <w:rsid w:val="008B4B51"/>
     <w:rsid w:val="008C1325"/>
     <w:rsid w:val="008C156A"/>
     <w:rsid w:val="008C3023"/>
     <w:rsid w:val="008C771D"/>
     <w:rsid w:val="008E74A3"/>
     <w:rsid w:val="008F17A1"/>
     <w:rsid w:val="008F18C3"/>
     <w:rsid w:val="008F5390"/>
     <w:rsid w:val="008F71AD"/>
     <w:rsid w:val="00900317"/>
     <w:rsid w:val="009041D6"/>
     <w:rsid w:val="00913E1F"/>
+    <w:rsid w:val="00914AE6"/>
     <w:rsid w:val="00915E33"/>
     <w:rsid w:val="00920822"/>
     <w:rsid w:val="00927122"/>
     <w:rsid w:val="0092779C"/>
     <w:rsid w:val="009345B3"/>
     <w:rsid w:val="00935C14"/>
     <w:rsid w:val="00951589"/>
     <w:rsid w:val="00953CD9"/>
     <w:rsid w:val="00955493"/>
     <w:rsid w:val="009578E6"/>
     <w:rsid w:val="00957BAF"/>
     <w:rsid w:val="00962F32"/>
     <w:rsid w:val="009639E3"/>
     <w:rsid w:val="00965604"/>
     <w:rsid w:val="00965C2B"/>
     <w:rsid w:val="009662D2"/>
     <w:rsid w:val="009953DD"/>
     <w:rsid w:val="00997686"/>
     <w:rsid w:val="009A0268"/>
     <w:rsid w:val="009A0B0D"/>
     <w:rsid w:val="009A787D"/>
     <w:rsid w:val="009C30F7"/>
     <w:rsid w:val="009C47FC"/>
     <w:rsid w:val="009C67FD"/>
     <w:rsid w:val="009D3844"/>
@@ -16018,89 +16142,133 @@
     <w:rsid w:val="00FC6FDC"/>
     <w:rsid w:val="00FC7F13"/>
     <w:rsid w:val="00FD1AFF"/>
     <w:rsid w:val="00FE19BB"/>
     <w:rsid w:val="00FF1B7E"/>
     <w:rsid w:val="00FF364A"/>
     <w:rsid w:val="00FF64B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{E4DE4565-3C92-4BE1-8048-6AFF85056C14}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -16298,68 +16466,74 @@
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal1"/>
     <w:next w:val="Normal1"/>
     <w:qFormat/>
     <w:rsid w:val="008B1252"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="008B1252"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="008B1252"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal3">
@@ -16451,72 +16625,72 @@
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="10"/>
     <w:rsid w:val="007A5509"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="009E2EBD"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="00F03BA6"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00B101F1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText2">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
+    <w:name w:val="Основний текст 21"/>
+    <w:basedOn w:val="11"/>
     <w:rsid w:val="008C156A"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="463425931">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -16591,51 +16765,50 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2143189253">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -16869,51 +17042,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{06432B06-E0D8-45B4-AE41-56BB4E63CC82}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7169E63B-A1CD-4578-9417-39D5AE2688A7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>5384</Words>
   <Characters>30690</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>255</Lines>
   <Paragraphs>72</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>