--- v0 (2025-12-23)
+++ v1 (2026-02-25)
@@ -2,85 +2,87 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10107" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="2698"/>
         <w:gridCol w:w="2342"/>
         <w:gridCol w:w="2547"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="006965A6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00A82914" w:rsidRPr="008A1379" w:rsidRDefault="00A82914" w:rsidP="00A82914">
             <w:pPr>
               <w:pStyle w:val="20"/>
               <w:jc w:val="center"/>
               <w:outlineLvl w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="008A1379">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДОГОВІР №________/20</w:t>
             </w:r>
             <w:r w:rsidR="00A27AFA">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00880F8A">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
@@ -532,56 +534,63 @@
             </w:r>
             <w:r w:rsidR="00A92E34" w:rsidRPr="000B6289">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A92E34" w:rsidRPr="000B6289">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">діє на підставі довіреності </w:t>
             </w:r>
             <w:r w:rsidR="00AA6FDF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="00EF4D86">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00135194">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00880F8A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F03BA6" w:rsidRPr="00D83A5A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>з одного боку, та</w:t>
             </w:r>
             <w:r w:rsidR="003E6CB2">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -885,82 +894,87 @@
             </w:r>
             <w:r w:rsidR="00A92E34" w:rsidRPr="000B6289">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Kovtun, Director, Financial, Economic and Administrative </w:t>
             </w:r>
             <w:r w:rsidR="00D5131C" w:rsidRPr="000B6289">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Work </w:t>
             </w:r>
             <w:r w:rsidR="00A92E34" w:rsidRPr="000B6289">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Department, acting according to the Power of Attorney of </w:t>
             </w:r>
+            <w:r w:rsidR="00EF4D86">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00135194">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00880F8A">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="002B641F" w:rsidRPr="000B6289">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>on the one part, and</w:t>
             </w:r>
             <w:r w:rsidR="00135194">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00AA6FDF">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
             <w:r w:rsidR="00682639">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
             <w:r w:rsidR="00880F8A">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
             <w:r w:rsidR="00AA6FDF">
@@ -12157,225 +12171,225 @@
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003750EC" w:rsidRPr="00EF094F" w:rsidSect="00AB753D">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="9" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00500591" w:rsidRDefault="00500591">
+    <w:p w:rsidR="009B01CC" w:rsidRDefault="009B01CC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00500591" w:rsidRDefault="00500591">
+    <w:p w:rsidR="009B01CC" w:rsidRDefault="009B01CC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00626443" w:rsidRDefault="00626443" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00626443" w:rsidRDefault="00626443" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00626443" w:rsidRDefault="00626443" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00135194">
+    <w:r w:rsidR="00EF4D86">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00626443" w:rsidRDefault="00626443" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00500591" w:rsidRDefault="00500591">
+    <w:p w:rsidR="009B01CC" w:rsidRDefault="009B01CC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00500591" w:rsidRDefault="00500591">
+    <w:p w:rsidR="009B01CC" w:rsidRDefault="009B01CC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00DC31A6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E71E31EE"/>
     <w:lvl w:ilvl="0" w:tplc="17F4435E">
       <w:start w:val="12"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -16153,50 +16167,51 @@
     <w:rsid w:val="00874429"/>
     <w:rsid w:val="00880F8A"/>
     <w:rsid w:val="008864DE"/>
     <w:rsid w:val="008872A0"/>
     <w:rsid w:val="00897418"/>
     <w:rsid w:val="008A0892"/>
     <w:rsid w:val="008A344B"/>
     <w:rsid w:val="008B1252"/>
     <w:rsid w:val="008B1595"/>
     <w:rsid w:val="008B4B51"/>
     <w:rsid w:val="008C1325"/>
     <w:rsid w:val="008C771D"/>
     <w:rsid w:val="008F17A1"/>
     <w:rsid w:val="008F5390"/>
     <w:rsid w:val="00900317"/>
     <w:rsid w:val="00915025"/>
     <w:rsid w:val="00920822"/>
     <w:rsid w:val="00927122"/>
     <w:rsid w:val="009345B3"/>
     <w:rsid w:val="0093768E"/>
     <w:rsid w:val="00962F32"/>
     <w:rsid w:val="009639E3"/>
     <w:rsid w:val="009662D2"/>
     <w:rsid w:val="00977691"/>
     <w:rsid w:val="009A0B0D"/>
+    <w:rsid w:val="009B01CC"/>
     <w:rsid w:val="009C30F7"/>
     <w:rsid w:val="009C47FC"/>
     <w:rsid w:val="009C67FD"/>
     <w:rsid w:val="009E2EBD"/>
     <w:rsid w:val="009E3D06"/>
     <w:rsid w:val="009F399F"/>
     <w:rsid w:val="00A062A5"/>
     <w:rsid w:val="00A10F58"/>
     <w:rsid w:val="00A115F8"/>
     <w:rsid w:val="00A1424A"/>
     <w:rsid w:val="00A1558B"/>
     <w:rsid w:val="00A27AFA"/>
     <w:rsid w:val="00A35CAE"/>
     <w:rsid w:val="00A37915"/>
     <w:rsid w:val="00A51E77"/>
     <w:rsid w:val="00A53537"/>
     <w:rsid w:val="00A80142"/>
     <w:rsid w:val="00A802BC"/>
     <w:rsid w:val="00A82914"/>
     <w:rsid w:val="00A830C7"/>
     <w:rsid w:val="00A85118"/>
     <w:rsid w:val="00A92E34"/>
     <w:rsid w:val="00A97884"/>
     <w:rsid w:val="00AA4292"/>
     <w:rsid w:val="00AA6FDF"/>
@@ -16251,107 +16266,107 @@
     <w:rsid w:val="00D22CC3"/>
     <w:rsid w:val="00D2550D"/>
     <w:rsid w:val="00D357E7"/>
     <w:rsid w:val="00D5131C"/>
     <w:rsid w:val="00D718FF"/>
     <w:rsid w:val="00D83A5A"/>
     <w:rsid w:val="00D86757"/>
     <w:rsid w:val="00D917D7"/>
     <w:rsid w:val="00DA4D28"/>
     <w:rsid w:val="00DB1EF8"/>
     <w:rsid w:val="00DC6063"/>
     <w:rsid w:val="00DC7811"/>
     <w:rsid w:val="00DD7F1A"/>
     <w:rsid w:val="00E02020"/>
     <w:rsid w:val="00E17512"/>
     <w:rsid w:val="00E2679E"/>
     <w:rsid w:val="00E45011"/>
     <w:rsid w:val="00E5452D"/>
     <w:rsid w:val="00E55D27"/>
     <w:rsid w:val="00E8763D"/>
     <w:rsid w:val="00EB732A"/>
     <w:rsid w:val="00ED385F"/>
     <w:rsid w:val="00ED604E"/>
     <w:rsid w:val="00EE1EB9"/>
     <w:rsid w:val="00EF094F"/>
+    <w:rsid w:val="00EF4D86"/>
     <w:rsid w:val="00EF545F"/>
     <w:rsid w:val="00EF7B58"/>
     <w:rsid w:val="00F03BA6"/>
     <w:rsid w:val="00F11743"/>
     <w:rsid w:val="00F21F86"/>
     <w:rsid w:val="00F25B75"/>
     <w:rsid w:val="00F427D2"/>
     <w:rsid w:val="00F44609"/>
     <w:rsid w:val="00F449BD"/>
     <w:rsid w:val="00F77F83"/>
     <w:rsid w:val="00FB7623"/>
     <w:rsid w:val="00FC03E9"/>
     <w:rsid w:val="00FC6FDC"/>
     <w:rsid w:val="00FD2FAB"/>
     <w:rsid w:val="00FE030E"/>
     <w:rsid w:val="00FE19BB"/>
     <w:rsid w:val="00FE66E5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="country-region"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4FA9849C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F2550297-55C2-450B-9E29-2379CC7F8F14}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -16658,67 +16673,67 @@
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="008B1252"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="008B1252"/>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal3">
     <w:name w:val="Normal3"/>
     <w:rsid w:val="008B1252"/>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal2">
     <w:name w:val="Normal2"/>
     <w:rsid w:val="009A0B0D"/>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:basedOn w:val="Normal1"/>
     <w:rsid w:val="00C03BA6"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText21">
     <w:name w:val="Body Text 21"/>
     <w:basedOn w:val="Normal3"/>
     <w:rsid w:val="00A35CAE"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:semiHidden/>
     <w:rsid w:val="008116BF"/>
     <w:rPr>
@@ -16737,91 +16752,91 @@
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="002A6599"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
     <w:name w:val="Обычный1"/>
     <w:rsid w:val="008A0892"/>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00790899"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="10"/>
     <w:rsid w:val="007A5509"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="009E2EBD"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="20">
     <w:name w:val="Обычный2"/>
     <w:rsid w:val="00F03BA6"/>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00B101F1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="702554220">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>