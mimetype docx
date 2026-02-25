--- v0 (2026-01-06)
+++ v1 (2026-02-25)
@@ -583,55 +583,61 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>Департаменту фінансово-економічної та адміністративно-господарської роботи Ковтун С.В., яка</w:t>
       </w:r>
       <w:r w:rsidR="00270A0C" w:rsidRPr="00E82576">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00270A0C" w:rsidRPr="00E82576">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">діє на підставі довіреності </w:t>
       </w:r>
       <w:r w:rsidR="00ED0DB7" w:rsidRPr="00E82576">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">від </w:t>
       </w:r>
+      <w:r w:rsidR="00F529A8">
+        <w:rPr>
+          <w:lang w:val="uk-UA"/>
+        </w:rPr>
+        <w:t>11.02.2026 №20</w:t>
+      </w:r>
       <w:r w:rsidR="00E82576" w:rsidRPr="00E82576">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
-        <w:t>18.12.2025 №39/Д/С</w:t>
+        <w:t>/Д/С</w:t>
       </w:r>
       <w:r w:rsidR="00ED0DB7" w:rsidRPr="00E82576">
         <w:rPr>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00423643" w:rsidRPr="00E82576">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t>з</w:t>
       </w:r>
       <w:r w:rsidR="00423643" w:rsidRPr="00493CAA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00493CAA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:lang w:val="uk-UA"/>
@@ -5537,51 +5543,51 @@
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="004C5743" w:rsidRPr="00493CAA" w:rsidRDefault="004C5743" w:rsidP="00FD7D94">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
                 <w:tab w:val="left" w:pos="1134"/>
                 <w:tab w:val="left" w:pos="1560"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="4"/>
                 <w:szCs w:val="4"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="004C5743" w:rsidRPr="00493CAA" w:rsidRDefault="004C5743" w:rsidP="004C5743">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00493CAA">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">ДЕРЖАВНЕ ПІДПРИЄМСТВО </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00BF7F03" w:rsidRPr="00493CAA" w:rsidRDefault="004C5743" w:rsidP="00FD7D94">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
@@ -7970,75 +7976,76 @@
     <w:rsid w:val="00DA0F5C"/>
     <w:rsid w:val="00DD3EAB"/>
     <w:rsid w:val="00DD49FF"/>
     <w:rsid w:val="00DE34CF"/>
     <w:rsid w:val="00E05C0B"/>
     <w:rsid w:val="00E101D5"/>
     <w:rsid w:val="00E12B96"/>
     <w:rsid w:val="00E15576"/>
     <w:rsid w:val="00E54731"/>
     <w:rsid w:val="00E82576"/>
     <w:rsid w:val="00E84E05"/>
     <w:rsid w:val="00E90BFB"/>
     <w:rsid w:val="00EA7310"/>
     <w:rsid w:val="00EC4CFC"/>
     <w:rsid w:val="00ED0DB7"/>
     <w:rsid w:val="00ED2941"/>
     <w:rsid w:val="00ED55AF"/>
     <w:rsid w:val="00F03F6D"/>
     <w:rsid w:val="00F13C29"/>
     <w:rsid w:val="00F35039"/>
     <w:rsid w:val="00F40444"/>
     <w:rsid w:val="00F40E48"/>
     <w:rsid w:val="00F44925"/>
     <w:rsid w:val="00F45B7C"/>
     <w:rsid w:val="00F521AB"/>
+    <w:rsid w:val="00F529A8"/>
     <w:rsid w:val="00F70909"/>
     <w:rsid w:val="00FB4AA5"/>
     <w:rsid w:val="00FD1D79"/>
     <w:rsid w:val="00FD6634"/>
     <w:rsid w:val="00FD7D94"/>
     <w:rsid w:val="00FF7B56"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{67711C84-127F-4D8B-B4BB-6ECFD256A2F4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -8328,50 +8335,51 @@
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:rsid w:val="00B51FC2"/>
     <w:pPr>
       <w:keepNext/>
       <w:tabs>
         <w:tab w:val="left" w:pos="567"/>
         <w:tab w:val="left" w:pos="1134"/>
         <w:tab w:val="left" w:pos="1560"/>
       </w:tabs>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="Основной текст 21"/>
@@ -8444,52 +8452,52 @@
     <w:name w:val="Normal1"/>
     <w:rsid w:val="00931B04"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="004C5743"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="004C5743"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a5">
     <w:name w:val="Emphasis"/>
     <w:qFormat/>
     <w:rsid w:val="00642F06"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -8744,51 +8752,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F4FE26FF-73C6-4671-875A-4229FFD67C89}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{97D17B31-751F-45B8-A9CE-D9811BDDA0A1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
   <Words>2613</Words>
   <Characters>14899</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>124</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>