--- v0 (2026-01-06)
+++ v1 (2026-02-25)
@@ -460,55 +460,61 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>директора Департаменту фінансово-економічної та адміністративно-господарської роботи Ковтун С.В., яка</w:t>
             </w:r>
             <w:r w:rsidR="003362DB" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003362DB" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">діє на підставі довіреності </w:t>
             </w:r>
             <w:r w:rsidR="00457628">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="00833660">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00D146D3">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00457628">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00161B8B" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00646C47" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>з одного боку, і</w:t>
             </w:r>
             <w:r w:rsidR="00C40D54" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
@@ -1605,56 +1611,55 @@
             </w:r>
             <w:r w:rsidR="003C3B91" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>щод</w:t>
             </w:r>
             <w:r w:rsidR="00D74398" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>о відтворюваності-</w:t>
             </w:r>
             <w:r w:rsidR="003C3B91" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>МКЯ ЗАМОВНИКА та/або</w:t>
             </w:r>
-            <w:r w:rsidR="007C2D8E" w:rsidRPr="00931BAD">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="007C2D8E" w:rsidRPr="00833660">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                </w:t>
             </w:r>
             <w:r w:rsidR="003C3B91" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> із здійснення контролю якості </w:t>
             </w:r>
             <w:r w:rsidR="009E08C6" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЛЗ та/або МІБП</w:t>
             </w:r>
             <w:r w:rsidR="003C3B91" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5132,73 +5137,71 @@
             </w:r>
             <w:r w:rsidR="00EC57A7" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B255C9" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="007C2D8E" w:rsidRPr="00931BAD">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="007C2D8E" w:rsidRPr="00833660">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                 </w:t>
             </w:r>
             <w:r w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>через 6 місяців від дати завершення надання</w:t>
             </w:r>
-            <w:r w:rsidR="007C2D8E" w:rsidRPr="00931BAD">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="007C2D8E" w:rsidRPr="00833660">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                   </w:t>
             </w:r>
             <w:r w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> послуг відповідно до п. 3.2.1</w:t>
             </w:r>
             <w:r w:rsidR="00CA087C" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> та</w:t>
             </w:r>
             <w:r w:rsidR="00F0393B" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -5214,56 +5217,55 @@
             </w:r>
             <w:r w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00CA087C" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 3.2.2</w:t>
             </w:r>
             <w:r w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Договору</w:t>
             </w:r>
-            <w:r w:rsidR="007C2D8E" w:rsidRPr="00931BAD">
-[...4 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="007C2D8E" w:rsidRPr="00833660">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                      </w:t>
             </w:r>
             <w:r w:rsidR="00824C67" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> або після зевершення терміну придатності </w:t>
             </w:r>
             <w:r w:rsidR="00EC57A7" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>ЛЗ та/або МІБП</w:t>
             </w:r>
             <w:r w:rsidR="00824C67" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -5937,170 +5939,170 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002B5A24" w:rsidRPr="00931BAD" w:rsidRDefault="002B5A24" w:rsidP="007B1B3B">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="007B1B3B" w:rsidRPr="00931BAD" w:rsidRDefault="001A524B" w:rsidP="005D6573">
+          <w:p w:rsidR="007B1B3B" w:rsidRPr="00833660" w:rsidRDefault="001A524B" w:rsidP="005D6573">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
-                <w:lang w:val="ru-RU"/>
-[...7 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00833660">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="007B1B3B" w:rsidRPr="00931BAD">
-[...4 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidR="007B1B3B" w:rsidRPr="00833660">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>. АНТИКОРУПЦІЙНІ ЗАСТЕРЕЖЕННЯ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007B1B3B" w:rsidRPr="00931BAD" w:rsidRDefault="007B1B3B" w:rsidP="005D6573">
+          <w:p w:rsidR="007B1B3B" w:rsidRPr="00833660" w:rsidRDefault="007B1B3B" w:rsidP="005D6573">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="002B5A24" w:rsidRPr="00931BAD" w:rsidRDefault="002B5A24" w:rsidP="005D6573">
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B5A24" w:rsidRPr="00833660" w:rsidRDefault="002B5A24" w:rsidP="005D6573">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
-                <w:lang w:val="ru-RU"/>
-[...3 lines deleted...]
-          <w:p w:rsidR="002B5A24" w:rsidRPr="00931BAD" w:rsidRDefault="002B5A24" w:rsidP="005D6573">
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="002B5A24" w:rsidRPr="00833660" w:rsidRDefault="002B5A24" w:rsidP="005D6573">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="007B1B3B" w:rsidRPr="00931BAD" w:rsidRDefault="001A524B" w:rsidP="007B1B3B">
             <w:pPr>
               <w:pStyle w:val="10"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="900"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00931BAD">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidRPr="00833660">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
-            <w:r w:rsidR="007B1B3B" w:rsidRPr="00931BAD">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidR="007B1B3B" w:rsidRPr="00833660">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>.1.</w:t>
             </w:r>
-            <w:r w:rsidR="007B1B3B" w:rsidRPr="00931BAD">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r w:rsidR="007B1B3B" w:rsidRPr="00833660">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidR="007B1B3B" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">Сторони зобов'язуються дотримуватися і забезпечувати дотримання вимог антикорупційного законодавства, зокрема їх учасниками, </w:t>
             </w:r>
             <w:r w:rsidR="005D6573" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                                 </w:t>
             </w:r>
             <w:r w:rsidR="007B1B3B" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
@@ -7160,55 +7162,61 @@
             </w:r>
             <w:r w:rsidR="003362DB" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> Department, acting according </w:t>
             </w:r>
             <w:r w:rsidR="00003CA7" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">                     </w:t>
             </w:r>
             <w:r w:rsidR="003362DB" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">to the Power of Attorney of </w:t>
             </w:r>
+            <w:r w:rsidR="00833660">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="00D146D3">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00457628">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>on the one part, and</w:t>
             </w:r>
             <w:r w:rsidR="00C40D54" w:rsidRPr="00931BAD">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -18670,58 +18678,58 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003750EC" w:rsidRPr="001C0F7B" w:rsidSect="00C66149">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="567" w:bottom="567" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="9" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0027187C" w:rsidRDefault="0027187C">
+    <w:p w:rsidR="003011FA" w:rsidRDefault="003011FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0027187C" w:rsidRDefault="0027187C">
+    <w:p w:rsidR="003011FA" w:rsidRDefault="003011FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -18792,84 +18800,84 @@
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="000B2FF9">
+    <w:r w:rsidR="00833660">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00ED2307" w:rsidRDefault="00ED2307" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="a8"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0027187C" w:rsidRDefault="0027187C">
+    <w:p w:rsidR="003011FA" w:rsidRDefault="003011FA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0027187C" w:rsidRDefault="0027187C">
+    <w:p w:rsidR="003011FA" w:rsidRDefault="003011FA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026627D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E814F044"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -23085,50 +23093,51 @@
     <w:rsid w:val="0025517D"/>
     <w:rsid w:val="00256585"/>
     <w:rsid w:val="00256F30"/>
     <w:rsid w:val="00264622"/>
     <w:rsid w:val="0027187C"/>
     <w:rsid w:val="0027224A"/>
     <w:rsid w:val="00281593"/>
     <w:rsid w:val="002841F4"/>
     <w:rsid w:val="00286D04"/>
     <w:rsid w:val="00286EFC"/>
     <w:rsid w:val="00295B22"/>
     <w:rsid w:val="002971F7"/>
     <w:rsid w:val="00297233"/>
     <w:rsid w:val="002A2791"/>
     <w:rsid w:val="002A6599"/>
     <w:rsid w:val="002B5A24"/>
     <w:rsid w:val="002B5E83"/>
     <w:rsid w:val="002B6968"/>
     <w:rsid w:val="002B737B"/>
     <w:rsid w:val="002B794C"/>
     <w:rsid w:val="002D03D8"/>
     <w:rsid w:val="002E164C"/>
     <w:rsid w:val="002E2A06"/>
     <w:rsid w:val="002E5F9F"/>
     <w:rsid w:val="002F6A58"/>
+    <w:rsid w:val="003011FA"/>
     <w:rsid w:val="00301312"/>
     <w:rsid w:val="003051F1"/>
     <w:rsid w:val="00305DAC"/>
     <w:rsid w:val="003100E8"/>
     <w:rsid w:val="00314920"/>
     <w:rsid w:val="00320BCC"/>
     <w:rsid w:val="00321ED8"/>
     <w:rsid w:val="003266A9"/>
     <w:rsid w:val="00331E2C"/>
     <w:rsid w:val="003362DB"/>
     <w:rsid w:val="003452B1"/>
     <w:rsid w:val="00346CFE"/>
     <w:rsid w:val="00346F53"/>
     <w:rsid w:val="0034734A"/>
     <w:rsid w:val="003528B6"/>
     <w:rsid w:val="00353B8F"/>
     <w:rsid w:val="00360E36"/>
     <w:rsid w:val="00362727"/>
     <w:rsid w:val="00367135"/>
     <w:rsid w:val="003750EC"/>
     <w:rsid w:val="00380A24"/>
     <w:rsid w:val="00382FC9"/>
     <w:rsid w:val="00383DBD"/>
     <w:rsid w:val="00383DC5"/>
     <w:rsid w:val="003849AB"/>
@@ -23340,50 +23349,51 @@
     <w:rsid w:val="007C12BD"/>
     <w:rsid w:val="007C2D8E"/>
     <w:rsid w:val="007C583E"/>
     <w:rsid w:val="007C7942"/>
     <w:rsid w:val="007D40D0"/>
     <w:rsid w:val="007D6F92"/>
     <w:rsid w:val="007E183F"/>
     <w:rsid w:val="007E1D56"/>
     <w:rsid w:val="007E2464"/>
     <w:rsid w:val="007E4AE8"/>
     <w:rsid w:val="007E5CF7"/>
     <w:rsid w:val="007E6E17"/>
     <w:rsid w:val="007E72B3"/>
     <w:rsid w:val="007F23CA"/>
     <w:rsid w:val="007F2E15"/>
     <w:rsid w:val="0080004F"/>
     <w:rsid w:val="008045A7"/>
     <w:rsid w:val="008116BF"/>
     <w:rsid w:val="0081365E"/>
     <w:rsid w:val="008224A7"/>
     <w:rsid w:val="00824C67"/>
     <w:rsid w:val="00824FC6"/>
     <w:rsid w:val="008252D3"/>
     <w:rsid w:val="00826219"/>
     <w:rsid w:val="00827B72"/>
+    <w:rsid w:val="00833660"/>
     <w:rsid w:val="00834F63"/>
     <w:rsid w:val="0083573F"/>
     <w:rsid w:val="00836FE2"/>
     <w:rsid w:val="00846E93"/>
     <w:rsid w:val="00850A48"/>
     <w:rsid w:val="008510C1"/>
     <w:rsid w:val="00862B46"/>
     <w:rsid w:val="00871D96"/>
     <w:rsid w:val="00872FD4"/>
     <w:rsid w:val="00876C61"/>
     <w:rsid w:val="00883E16"/>
     <w:rsid w:val="008864DE"/>
     <w:rsid w:val="008872A0"/>
     <w:rsid w:val="00887548"/>
     <w:rsid w:val="00892167"/>
     <w:rsid w:val="00897418"/>
     <w:rsid w:val="008A0892"/>
     <w:rsid w:val="008A14B9"/>
     <w:rsid w:val="008B1252"/>
     <w:rsid w:val="008B1595"/>
     <w:rsid w:val="008B4B51"/>
     <w:rsid w:val="008C1024"/>
     <w:rsid w:val="008C1325"/>
     <w:rsid w:val="008C3DD9"/>
     <w:rsid w:val="008C771D"/>
@@ -23704,51 +23714,51 @@
     <w:rsid w:val="00F85CB9"/>
     <w:rsid w:val="00F97AF6"/>
     <w:rsid w:val="00FA78FC"/>
     <w:rsid w:val="00FB28C6"/>
     <w:rsid w:val="00FC6FDC"/>
     <w:rsid w:val="00FE19BB"/>
     <w:rsid w:val="00FE2954"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8A817225-7CBB-4C5F-8B2E-BF3BAB790DA9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
@@ -24029,50 +24039,51 @@
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal1"/>
     <w:next w:val="Normal1"/>
     <w:qFormat/>
     <w:rsid w:val="008B1252"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
@@ -24655,51 +24666,51 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
+  <Pages>7</Pages>
   <Words>5891</Words>
   <Characters>33580</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>279</Lines>
   <Paragraphs>78</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Назва</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>