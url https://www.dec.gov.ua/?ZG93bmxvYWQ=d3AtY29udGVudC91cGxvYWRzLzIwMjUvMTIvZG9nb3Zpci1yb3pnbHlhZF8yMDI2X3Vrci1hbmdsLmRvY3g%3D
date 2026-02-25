--- v0 (2025-12-25)
+++ v1 (2026-02-25)
@@ -2,81 +2,83 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10107" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2520"/>
         <w:gridCol w:w="2698"/>
         <w:gridCol w:w="2342"/>
         <w:gridCol w:w="2547"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00320BCC" w:rsidTr="007330E9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5218" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="008B1252" w:rsidRPr="00B37E0B" w:rsidRDefault="00863564" w:rsidP="00283A74">
             <w:pPr>
               <w:pStyle w:val="Normal3"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="008A1379">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ДОГОВІР №________/20</w:t>
             </w:r>
             <w:r w:rsidR="00875BEF">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00283A74">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
@@ -308,71 +310,57 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001E7BBD">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidRPr="00D83A5A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
             <w:r w:rsidR="00B37E0B">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00D83A5A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">         </w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:r w:rsidR="008B1252" w:rsidRPr="00D83A5A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>“</w:t>
-[...6 lines deleted...]
-              <w:t>____”____________20</w:t>
+              <w:t>“____”____________20</w:t>
             </w:r>
             <w:r w:rsidR="00875BEF">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00283A74">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
             <w:r w:rsidR="008B1252" w:rsidRPr="00D83A5A">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">                                         </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="008B1252" w:rsidRDefault="008B1252">
             <w:pPr>
               <w:rPr>
@@ -539,56 +527,63 @@
               </w:rPr>
               <w:t>а</w:t>
             </w:r>
             <w:r w:rsidR="007E3F53" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007E3F53" w:rsidRPr="00CC742D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">діє на підставі довіреності </w:t>
             </w:r>
             <w:r w:rsidR="00D83F97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="003257BA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="0069548F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00BB5303" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00A468D6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                     </w:t>
             </w:r>
             <w:r w:rsidR="00BB5303" w:rsidRPr="00E33FA8">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003A3753">
               <w:rPr>
                 <w:sz w:val="20"/>
@@ -724,129 +719,145 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">          </w:t>
             </w:r>
             <w:r w:rsidR="00BB5303" w:rsidRPr="00420DE9">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>THE STATE EXPERT CENTER OF THE MINISTRY OF HEALTH OF UKRAINE</w:t>
             </w:r>
             <w:r w:rsidR="00500C7D" w:rsidRPr="00500C7D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> liable to income tax at basic rate according to item 136.1 of art. 136 of the Tax Code of Ukraine, hereinafter referred to as the “Performer” and represented by </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00BB5303" w:rsidRPr="002A47EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidR="00BB5303">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>vitlana</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="00BB5303" w:rsidRPr="002A47EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="007E3F53" w:rsidRPr="002A47EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kovtun, Director, Financial, Economic and Administrative </w:t>
+              <w:t>Kovtun</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="007E3F53" w:rsidRPr="002A47EE">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, Director, Financial, Economic and Administrative </w:t>
             </w:r>
             <w:r w:rsidR="00252581">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Work</w:t>
             </w:r>
             <w:r w:rsidR="007E3F53" w:rsidRPr="002A47EE">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> Department, acting according to the Power of Attorney of </w:t>
             </w:r>
+            <w:r w:rsidR="003257BA">
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="0069548F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="00D83F97" w:rsidRPr="00645FCA">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00500C7D" w:rsidRPr="00500C7D">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">on the one part, and </w:t>
             </w:r>
             <w:r w:rsidR="00D83F97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="0069548F">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>______</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00D83F97">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00A468D6">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
             <w:r w:rsidR="00580B9E">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00252581" w:rsidRPr="00580B9E" w:rsidRDefault="00500C7D" w:rsidP="00500C7D">
             <w:pPr>
               <w:pStyle w:val="10"/>
@@ -7131,67 +7142,67 @@
               <w:t xml:space="preserve">7.1. </w:t>
             </w:r>
             <w:r w:rsidR="00FD2401" w:rsidRPr="00302761">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>This Contract shall become effective upon its signing by the last of the Parties.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="009E2EBD" w:rsidRDefault="00FD2401" w:rsidP="00D52D04">
             <w:pPr>
               <w:pStyle w:val="BodyText21"/>
               <w:ind w:left="340" w:hanging="340"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00302761">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>7.2. This Contract shall be valid for the period of one year, i.e. till “___</w:t>
+              <w:t xml:space="preserve">7.2. This Contract shall be valid for the period of one year, i.e. </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidRPr="00302761">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>_”_</w:t>
+              <w:t>till</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="00302761">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>____________20</w:t>
+              <w:t xml:space="preserve"> “____”_____________20</w:t>
             </w:r>
             <w:r w:rsidR="00427625">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00283A74">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidRPr="00302761">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">, or till full fulfillment of obligations by the Parties in terms of </w:t>
             </w:r>
             <w:r w:rsidRPr="00CA0C13">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -13425,225 +13436,225 @@
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003750EC" w:rsidRPr="00D7155F" w:rsidSect="00135BF3">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="567" w:right="567" w:bottom="899" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="9" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E76798" w:rsidRDefault="00E76798">
+    <w:p w:rsidR="003B4963" w:rsidRDefault="003B4963">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E76798" w:rsidRDefault="00E76798">
+    <w:p w:rsidR="003B4963" w:rsidRDefault="003B4963">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="80"/>
-    <w:family w:val="swiss"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00AD4CF9" w:rsidRDefault="00AD4CF9" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00AD4CF9" w:rsidRDefault="00AD4CF9" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00AD4CF9" w:rsidRDefault="00AD4CF9" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0069548F">
+    <w:r w:rsidR="003257BA">
       <w:rPr>
         <w:rStyle w:val="a8"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>7</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00AD4CF9" w:rsidRDefault="00AD4CF9" w:rsidP="00B101F1">
     <w:pPr>
       <w:pStyle w:val="a9"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E76798" w:rsidRDefault="00E76798">
+    <w:p w:rsidR="003B4963" w:rsidRDefault="003B4963">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E76798" w:rsidRDefault="00E76798">
+    <w:p w:rsidR="003B4963" w:rsidRDefault="003B4963">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026627D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E814F044"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -18729,72 +18740,74 @@
     <w:rsid w:val="002262C4"/>
     <w:rsid w:val="00227A8B"/>
     <w:rsid w:val="002305E4"/>
     <w:rsid w:val="00233D93"/>
     <w:rsid w:val="0024517D"/>
     <w:rsid w:val="00251C70"/>
     <w:rsid w:val="00252581"/>
     <w:rsid w:val="002534E6"/>
     <w:rsid w:val="00256F30"/>
     <w:rsid w:val="002636F8"/>
     <w:rsid w:val="00264622"/>
     <w:rsid w:val="00281593"/>
     <w:rsid w:val="00283A74"/>
     <w:rsid w:val="00293089"/>
     <w:rsid w:val="00295B22"/>
     <w:rsid w:val="002971F7"/>
     <w:rsid w:val="002A6599"/>
     <w:rsid w:val="002C75C3"/>
     <w:rsid w:val="002C7C8F"/>
     <w:rsid w:val="002D3144"/>
     <w:rsid w:val="002E58FC"/>
     <w:rsid w:val="00305DD8"/>
     <w:rsid w:val="003154A9"/>
     <w:rsid w:val="00320BCC"/>
     <w:rsid w:val="00324C38"/>
+    <w:rsid w:val="003257BA"/>
     <w:rsid w:val="00331745"/>
     <w:rsid w:val="0033602B"/>
     <w:rsid w:val="003452B1"/>
     <w:rsid w:val="00352335"/>
     <w:rsid w:val="0035283F"/>
     <w:rsid w:val="0035351F"/>
     <w:rsid w:val="00360E36"/>
     <w:rsid w:val="003623A7"/>
     <w:rsid w:val="00362727"/>
     <w:rsid w:val="003659C3"/>
     <w:rsid w:val="00375091"/>
     <w:rsid w:val="003750EC"/>
     <w:rsid w:val="00376B0F"/>
     <w:rsid w:val="00376D98"/>
     <w:rsid w:val="003849AB"/>
     <w:rsid w:val="003919BE"/>
     <w:rsid w:val="00392149"/>
     <w:rsid w:val="00394BA3"/>
     <w:rsid w:val="003967DA"/>
     <w:rsid w:val="003A1D0C"/>
     <w:rsid w:val="003A3753"/>
     <w:rsid w:val="003B3E7A"/>
+    <w:rsid w:val="003B4963"/>
     <w:rsid w:val="003D15E7"/>
     <w:rsid w:val="003D72F5"/>
     <w:rsid w:val="003E0122"/>
     <w:rsid w:val="003E13E2"/>
     <w:rsid w:val="003E3596"/>
     <w:rsid w:val="003E48F6"/>
     <w:rsid w:val="003E74D1"/>
     <w:rsid w:val="003E7AC0"/>
     <w:rsid w:val="003F50A4"/>
     <w:rsid w:val="003F5EBF"/>
     <w:rsid w:val="00401244"/>
     <w:rsid w:val="00410200"/>
     <w:rsid w:val="00411A81"/>
     <w:rsid w:val="00414665"/>
     <w:rsid w:val="00427625"/>
     <w:rsid w:val="00431FAD"/>
     <w:rsid w:val="00435CE1"/>
     <w:rsid w:val="00437907"/>
     <w:rsid w:val="0044006E"/>
     <w:rsid w:val="00467E94"/>
     <w:rsid w:val="004721CA"/>
     <w:rsid w:val="00485592"/>
     <w:rsid w:val="004869A3"/>
     <w:rsid w:val="00492712"/>
     <w:rsid w:val="00496005"/>
@@ -19116,51 +19129,50 @@
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="country-region"/>
   <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="483F13CD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F4D9F247-DE67-4C87-8928-48226F7A1FB5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -19622,51 +19634,51 @@
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00B101F1"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal4">
     <w:name w:val="Normal4"/>
     <w:rsid w:val="003154A9"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-    <w:name w:val="Текст выноски Знак"/>
+    <w:name w:val="Текст у виносці Знак"/>
     <w:link w:val="a4"/>
     <w:semiHidden/>
     <w:rsid w:val="00FD2401"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="702554220">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>