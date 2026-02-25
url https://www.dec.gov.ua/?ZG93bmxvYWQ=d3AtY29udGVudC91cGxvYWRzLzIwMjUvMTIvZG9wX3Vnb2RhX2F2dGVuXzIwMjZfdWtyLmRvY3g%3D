--- v0 (2025-12-31)
+++ v1 (2026-02-25)
@@ -14,129 +14,123 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4927"/>
         <w:gridCol w:w="4927"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
       <w:tr w:rsidR="00EB6DAD" w:rsidRPr="009425B0" w:rsidTr="000E1ACF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EB6DAD" w:rsidRPr="009425B0" w:rsidRDefault="00EB6DAD" w:rsidP="00EB6DAD">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:right="-54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="009425B0">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Додаткова угода №</w:t>
             </w:r>
             <w:r w:rsidRPr="009425B0">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00E95E1C" w:rsidRPr="009425B0">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EB6DAD" w:rsidRPr="009425B0" w:rsidRDefault="00EB6DAD" w:rsidP="00EB6DAD">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:right="-54"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EB6DAD" w:rsidRPr="009425B0" w:rsidRDefault="00EB6DAD" w:rsidP="00644937">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009425B0">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>до ДОГОВоРу</w:t>
             </w:r>
             <w:r w:rsidR="00AB40E2" w:rsidRPr="009425B0">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
@@ -561,56 +555,63 @@
                     </w:rPr>
                     <w:t>, яка</w:t>
                   </w:r>
                   <w:r w:rsidR="00F060C5" w:rsidRPr="00FD0D39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00F060C5" w:rsidRPr="00FD0D39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">діє на підставі довіреності </w:t>
                   </w:r>
                   <w:r w:rsidR="005967DE" w:rsidRPr="00FD0D39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">від </w:t>
                   </w:r>
+                  <w:r w:rsidR="00DF4F1A">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:lang w:val="uk-UA"/>
+                    </w:rPr>
+                    <w:t>11.02.2026 №20</w:t>
+                  </w:r>
                   <w:r w:rsidR="00FD0D39" w:rsidRPr="00FD0D39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
-                    <w:t>18.12.2025 №39/Д/С</w:t>
+                    <w:t>/Д/С</w:t>
                   </w:r>
                   <w:r w:rsidR="00FC7434" w:rsidRPr="00FD0D39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>,</w:t>
                   </w:r>
                   <w:r w:rsidR="00672DC9" w:rsidRPr="00FD0D39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6361" w:rsidRPr="00FD0D39">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>з</w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6361" w:rsidRPr="005967DE">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -960,51 +961,51 @@
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t>7</w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6DAD" w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> року, або до повного виконання зобов’язань Сторонами Договору, відповідно до Рахунків-Специфікацій, укладених та оплачених відповідно до умов даного Договору.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00EB6DAD" w:rsidRPr="009425B0" w:rsidTr="00644937">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9781" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="003E7700" w:rsidRPr="009425B0" w:rsidRDefault="009425B0" w:rsidP="00882E55">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
                   <w:r w:rsidR="00831D85" w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">. </w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6DAD" w:rsidRPr="009425B0">
                     <w:rPr>
@@ -1440,73 +1441,73 @@
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>ЗАМОВНИК:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00EB6DAD" w:rsidRPr="009425B0" w:rsidTr="00E56926">
               <w:trPr>
                 <w:trHeight w:val="1034"/>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2500" w:type="pct"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="00E56926" w:rsidRPr="009425B0" w:rsidRDefault="00E56926" w:rsidP="00E56926">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">ДЕРЖАВНЕ ПІДПРИЄМСТВО </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00EB6DAD" w:rsidRPr="009425B0" w:rsidRDefault="00E56926" w:rsidP="00E56926">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>«ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2500" w:type="pct"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
@@ -1582,54 +1583,53 @@
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Юридична адреса</w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6DAD" w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>:</w:t>
                   </w:r>
                   <w:r w:rsidR="009B3D3B" w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> 030</w:t>
                   </w:r>
-                  <w:r w:rsidR="003B79D8" w:rsidRPr="009425B0">
+                  <w:r w:rsidR="003B79D8" w:rsidRPr="00DF4F1A">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-                      <w:lang w:val="en-US"/>
                     </w:rPr>
                     <w:t>57</w:t>
                   </w:r>
                   <w:r w:rsidR="009B3D3B" w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">, Україна, </w:t>
                   </w:r>
                   <w:r w:rsidR="00AC1ABA" w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                                 </w:t>
                   </w:r>
                   <w:r w:rsidR="009B3D3B" w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>м.</w:t>
                   </w:r>
                   <w:r w:rsidR="00AC1ABA" w:rsidRPr="009425B0">
@@ -1655,103 +1655,103 @@
                   </w:r>
                   <w:r w:rsidR="009B3D3B" w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>вул.</w:t>
                   </w:r>
                   <w:r w:rsidR="003B79D8" w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> Антона Цедіка</w:t>
                   </w:r>
                   <w:r w:rsidR="009B3D3B" w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>, 14</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="009425B0" w:rsidRDefault="00EB6DAD" w:rsidP="00D1601C">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>Адреса для листування:</w:t>
                   </w:r>
                   <w:r w:rsidR="00E95E1C" w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00D1601C" w:rsidRPr="009425B0" w:rsidRDefault="00D1601C" w:rsidP="00D1601C">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>вул. Антона Цедіка, 14,</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00D1601C" w:rsidRPr="009425B0" w:rsidRDefault="00D1601C" w:rsidP="00D1601C">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009425B0">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>м. Київ, Україна, 03057</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00EB6DAD" w:rsidRPr="009425B0" w:rsidRDefault="00EB6DAD" w:rsidP="003B79D8">
                   <w:pPr>
                     <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
@@ -2550,58 +2550,58 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="0041091F" w:rsidRPr="009425B0" w:rsidSect="0002743D">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002D62FA" w:rsidRDefault="002D62FA">
+    <w:p w:rsidR="00D1209E" w:rsidRDefault="00D1209E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002D62FA" w:rsidRDefault="002D62FA">
+    <w:p w:rsidR="00D1209E" w:rsidRDefault="00D1209E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -2664,83 +2664,83 @@
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00E24F84">
+    <w:r w:rsidR="00DF4F1A">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00D352AC" w:rsidRDefault="00D352AC">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="002D62FA" w:rsidRDefault="002D62FA">
+    <w:p w:rsidR="00D1209E" w:rsidRDefault="00D1209E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="002D62FA" w:rsidRDefault="002D62FA">
+    <w:p w:rsidR="00D1209E" w:rsidRDefault="00D1209E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="009218C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CF6C872"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="1.1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -7783,66 +7783,68 @@
     <w:rsid w:val="00BB4BB8"/>
     <w:rsid w:val="00BB4DE4"/>
     <w:rsid w:val="00BF0805"/>
     <w:rsid w:val="00BF55F4"/>
     <w:rsid w:val="00C2695D"/>
     <w:rsid w:val="00C276DB"/>
     <w:rsid w:val="00C30FEA"/>
     <w:rsid w:val="00C33091"/>
     <w:rsid w:val="00C366B1"/>
     <w:rsid w:val="00C4219E"/>
     <w:rsid w:val="00C45676"/>
     <w:rsid w:val="00C47FE3"/>
     <w:rsid w:val="00C558DC"/>
     <w:rsid w:val="00C56B1E"/>
     <w:rsid w:val="00C8298F"/>
     <w:rsid w:val="00C8455E"/>
     <w:rsid w:val="00C8715C"/>
     <w:rsid w:val="00CB071B"/>
     <w:rsid w:val="00CB0F50"/>
     <w:rsid w:val="00CB4512"/>
     <w:rsid w:val="00CE0161"/>
     <w:rsid w:val="00CE175C"/>
     <w:rsid w:val="00CE2582"/>
     <w:rsid w:val="00CE2BA5"/>
     <w:rsid w:val="00CF3501"/>
+    <w:rsid w:val="00D1209E"/>
     <w:rsid w:val="00D1601C"/>
     <w:rsid w:val="00D16CDC"/>
     <w:rsid w:val="00D2461A"/>
     <w:rsid w:val="00D352AC"/>
     <w:rsid w:val="00D415E4"/>
     <w:rsid w:val="00D4447D"/>
     <w:rsid w:val="00D62705"/>
     <w:rsid w:val="00D67AEF"/>
     <w:rsid w:val="00D77B1F"/>
     <w:rsid w:val="00DA348D"/>
     <w:rsid w:val="00DA75C8"/>
     <w:rsid w:val="00DB4451"/>
     <w:rsid w:val="00DB4FF8"/>
     <w:rsid w:val="00DC3F8C"/>
     <w:rsid w:val="00DC4FDB"/>
     <w:rsid w:val="00DF24E0"/>
+    <w:rsid w:val="00DF4F1A"/>
     <w:rsid w:val="00DF5CD1"/>
     <w:rsid w:val="00E24F84"/>
     <w:rsid w:val="00E301B1"/>
     <w:rsid w:val="00E41FEC"/>
     <w:rsid w:val="00E469BC"/>
     <w:rsid w:val="00E56926"/>
     <w:rsid w:val="00E63922"/>
     <w:rsid w:val="00E72859"/>
     <w:rsid w:val="00E75129"/>
     <w:rsid w:val="00E84301"/>
     <w:rsid w:val="00E84E64"/>
     <w:rsid w:val="00E95E1C"/>
     <w:rsid w:val="00EA1FE8"/>
     <w:rsid w:val="00EA2C3C"/>
     <w:rsid w:val="00EB2CAA"/>
     <w:rsid w:val="00EB6361"/>
     <w:rsid w:val="00EB6DAD"/>
     <w:rsid w:val="00EB765B"/>
     <w:rsid w:val="00EC1A79"/>
     <w:rsid w:val="00EE089B"/>
     <w:rsid w:val="00EE0DCC"/>
     <w:rsid w:val="00EF144C"/>
     <w:rsid w:val="00EF52FD"/>
     <w:rsid w:val="00EF6BDF"/>
     <w:rsid w:val="00EF723D"/>
@@ -7857,51 +7859,51 @@
     <w:rsid w:val="00FB6A0D"/>
     <w:rsid w:val="00FB6FBA"/>
     <w:rsid w:val="00FC0D16"/>
     <w:rsid w:val="00FC7434"/>
     <w:rsid w:val="00FD00E5"/>
     <w:rsid w:val="00FD0D39"/>
     <w:rsid w:val="00FD6DF4"/>
     <w:rsid w:val="00FE0911"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8682F9CD-7309-431B-9C91-5906BCD8539A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
@@ -8423,52 +8425,52 @@
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00AD4255"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:semiHidden/>
     <w:rsid w:val="00D67AEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00047571"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="000E1ACF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="000E1ACF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="000E1ACF"/>
     <w:rPr>