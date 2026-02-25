--- v0 (2025-12-24)
+++ v1 (2026-02-25)
@@ -14,129 +14,123 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4927"/>
         <w:gridCol w:w="4927"/>
-        <w:tblGridChange w:id="0">
-[...4 lines deleted...]
-        </w:tblGridChange>
       </w:tblGrid>
       <w:tr w:rsidR="00EB6DAD" w:rsidRPr="00BE7764" w:rsidTr="000E1ACF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EB6DAD" w:rsidRPr="00BE7764" w:rsidRDefault="00EB6DAD" w:rsidP="00EB6DAD">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:right="-54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00BE7764">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Додаткова угода №</w:t>
             </w:r>
             <w:r w:rsidRPr="00BE7764">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00E95E1C" w:rsidRPr="00BE7764">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00EB6DAD" w:rsidRPr="00A23999" w:rsidRDefault="00EB6DAD" w:rsidP="00EB6DAD">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:right="-54"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="8"/>
                 <w:szCs w:val="8"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00EB6DAD" w:rsidRPr="00BE7764" w:rsidRDefault="00EB6DAD" w:rsidP="00644937">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BE7764">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>до ДОГОВоРу</w:t>
             </w:r>
             <w:r w:rsidR="00AB40E2" w:rsidRPr="00BE7764">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
@@ -556,56 +550,63 @@
                     </w:rPr>
                     <w:t xml:space="preserve"> яка</w:t>
                   </w:r>
                   <w:r w:rsidR="00E16E73" w:rsidRPr="00F56905">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00E16E73" w:rsidRPr="00F56905">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve">діє на підставі довіреності </w:t>
                   </w:r>
                   <w:r w:rsidR="00311F9D" w:rsidRPr="00F56905">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">від </w:t>
                   </w:r>
+                  <w:r w:rsidR="004C3F0D">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:lang w:val="uk-UA"/>
+                    </w:rPr>
+                    <w:t>11.02.2026 №20</w:t>
+                  </w:r>
                   <w:r w:rsidR="00F56905" w:rsidRPr="00F56905">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
-                    <w:t>18.12.2025 №39/Д/С</w:t>
+                    <w:t>/Д/С</w:t>
                   </w:r>
                   <w:r w:rsidR="009A19B9" w:rsidRPr="00F56905">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">, </w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6361" w:rsidRPr="00F56905">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>з одного</w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6361" w:rsidRPr="00BE7764">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> боку, та</w:t>
                   </w:r>
                   <w:r w:rsidR="00F56905">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
@@ -963,101 +964,101 @@
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t>7</w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6DAD" w:rsidRPr="00E60155">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> року, або до повного виконання зобов’язань Сторонами Договору, відповідно до Рахунків-Специфікацій, укладених та оплачених відповідно до умов даного Договору.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00EB6DAD" w:rsidRPr="00BE7764" w:rsidTr="00644937">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9781" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="00BC48A5" w:rsidRPr="00BE7764" w:rsidRDefault="00311F9D" w:rsidP="00882E55">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00311F9D">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t>2</w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6DAD" w:rsidRPr="00BE7764">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">. Всі інші умови Договору, не змінені цією Додатковою угодою, залишаються чинними і Сторони підтверджують по ним свої зобов‘язання. </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00EB6DAD" w:rsidRPr="00BE7764" w:rsidTr="00644937">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9781" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="00EB6DAD" w:rsidRPr="00BE7764" w:rsidRDefault="00311F9D" w:rsidP="00882E55">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1125"/>
                     </w:tabs>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...3 lines deleted...]
-                      <w:lang w:val="en-US"/>
+                  <w:r w:rsidRPr="004C3F0D">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6DAD" w:rsidRPr="00BE7764">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>. Дана Додаткова угода є невід`ємною частиною Договору</w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6361" w:rsidRPr="00BE7764">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> №___</w:t>
                   </w:r>
                   <w:r w:rsidR="00A23999">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
@@ -1166,55 +1167,55 @@
                     <w:t>4</w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6DAD" w:rsidRPr="00BE7764">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>. Дана Додаткова угода набирає чинності з моменту підписання її Сторонами і скріплення печатками Сторін.</w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="00E95E1C" w:rsidRDefault="00311F9D" w:rsidP="00882E55">
                   <w:pPr>
                     <w:pStyle w:val="Normal1"/>
                     <w:tabs>
                       <w:tab w:val="left" w:pos="1125"/>
                     </w:tabs>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
                     </w:rPr>
                   </w:pPr>
-                  <w:r>
-[...3 lines deleted...]
-                      <w:lang w:val="en-US"/>
+                  <w:r w:rsidRPr="004C3F0D">
+                    <w:rPr>
+                      <w:sz w:val="22"/>
+                      <w:szCs w:val="22"/>
+                      <w:lang w:val="ru-RU"/>
                     </w:rPr>
                     <w:t>5</w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6DAD" w:rsidRPr="00BE7764">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>.</w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6DAD" w:rsidRPr="00BE7764">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> Текст цієї Додаткової угоди складений українською </w:t>
                   </w:r>
                   <w:r w:rsidR="00150939" w:rsidRPr="00BE7764">
                     <w:rPr>
                       <w:rFonts w:eastAsia="Calibri"/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
@@ -1419,51 +1420,51 @@
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00BE7764">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t>ЗАМОВНИК:</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr w:rsidR="00EB6DAD" w:rsidRPr="00BE7764" w:rsidTr="004F754D">
               <w:trPr>
                 <w:jc w:val="center"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2500" w:type="pct"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="006B5585" w:rsidRPr="00BE7764" w:rsidRDefault="006B5585" w:rsidP="006B5585">
                   <w:pPr>
-                    <w:pStyle w:val="Normal"/>
+                    <w:pStyle w:val="12"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00BE7764">
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">ДЕРЖАВНЕ ПІДПРИЄМСТВО </w:t>
                   </w:r>
                 </w:p>
                 <w:p w:rsidR="006B5585" w:rsidRPr="00BE7764" w:rsidRDefault="006B5585" w:rsidP="006B5585">
                   <w:pPr>
                     <w:pStyle w:val="11"/>
                     <w:rPr>
                       <w:b/>
                       <w:bCs/>
@@ -2621,58 +2622,58 @@
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00015039" w:rsidRPr="00E60155" w:rsidSect="0002743D">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F1598E" w:rsidRDefault="00F1598E">
+    <w:p w:rsidR="00E34AF0" w:rsidRDefault="00E34AF0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F1598E" w:rsidRDefault="00F1598E">
+    <w:p w:rsidR="00E34AF0" w:rsidRDefault="00E34AF0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
@@ -2735,83 +2736,83 @@
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0021368D">
+    <w:r w:rsidR="004C3F0D">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00D352AC" w:rsidRDefault="00D352AC">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F1598E" w:rsidRDefault="00F1598E">
+    <w:p w:rsidR="00E34AF0" w:rsidRDefault="00E34AF0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F1598E" w:rsidRDefault="00F1598E">
+    <w:p w:rsidR="00E34AF0" w:rsidRDefault="00E34AF0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="009218C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CF6C872"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="1.1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
@@ -7724,50 +7725,51 @@
     <w:rsid w:val="00300E09"/>
     <w:rsid w:val="00303538"/>
     <w:rsid w:val="00311F9D"/>
     <w:rsid w:val="00321112"/>
     <w:rsid w:val="0034204D"/>
     <w:rsid w:val="00351C84"/>
     <w:rsid w:val="00367D4A"/>
     <w:rsid w:val="00371BF2"/>
     <w:rsid w:val="0037563C"/>
     <w:rsid w:val="003B3C47"/>
     <w:rsid w:val="003D097E"/>
     <w:rsid w:val="003D49DE"/>
     <w:rsid w:val="003E3A19"/>
     <w:rsid w:val="003E5E44"/>
     <w:rsid w:val="003F2A18"/>
     <w:rsid w:val="003F595B"/>
     <w:rsid w:val="0041091F"/>
     <w:rsid w:val="004132D1"/>
     <w:rsid w:val="004339B4"/>
     <w:rsid w:val="00442D16"/>
     <w:rsid w:val="004431C2"/>
     <w:rsid w:val="00451CEB"/>
     <w:rsid w:val="004827F1"/>
     <w:rsid w:val="004B3808"/>
     <w:rsid w:val="004B4533"/>
+    <w:rsid w:val="004C3F0D"/>
     <w:rsid w:val="004C53F9"/>
     <w:rsid w:val="004D71C7"/>
     <w:rsid w:val="004E2480"/>
     <w:rsid w:val="004E63D7"/>
     <w:rsid w:val="004F4E59"/>
     <w:rsid w:val="004F754D"/>
     <w:rsid w:val="00522682"/>
     <w:rsid w:val="0054091D"/>
     <w:rsid w:val="00545796"/>
     <w:rsid w:val="00545973"/>
     <w:rsid w:val="005569AB"/>
     <w:rsid w:val="005A61E5"/>
     <w:rsid w:val="005B0ADD"/>
     <w:rsid w:val="005B7314"/>
     <w:rsid w:val="005C1B3D"/>
     <w:rsid w:val="005C5AD5"/>
     <w:rsid w:val="005E42BB"/>
     <w:rsid w:val="005E52D8"/>
     <w:rsid w:val="00607EB6"/>
     <w:rsid w:val="006279A8"/>
     <w:rsid w:val="00644937"/>
     <w:rsid w:val="00665578"/>
     <w:rsid w:val="00684F7E"/>
     <w:rsid w:val="0069449A"/>
     <w:rsid w:val="006B0D62"/>
@@ -7884,50 +7886,51 @@
     <w:rsid w:val="00CD17E4"/>
     <w:rsid w:val="00CD6FE5"/>
     <w:rsid w:val="00CE0161"/>
     <w:rsid w:val="00CE175C"/>
     <w:rsid w:val="00CE2582"/>
     <w:rsid w:val="00CF4CEE"/>
     <w:rsid w:val="00D051BF"/>
     <w:rsid w:val="00D16CDC"/>
     <w:rsid w:val="00D2461A"/>
     <w:rsid w:val="00D327AB"/>
     <w:rsid w:val="00D352AC"/>
     <w:rsid w:val="00D4447D"/>
     <w:rsid w:val="00D62705"/>
     <w:rsid w:val="00D67AEF"/>
     <w:rsid w:val="00D77B1F"/>
     <w:rsid w:val="00D8319C"/>
     <w:rsid w:val="00D86298"/>
     <w:rsid w:val="00DA75C8"/>
     <w:rsid w:val="00DB4C99"/>
     <w:rsid w:val="00DB4FF8"/>
     <w:rsid w:val="00DC3F8C"/>
     <w:rsid w:val="00DC4FDB"/>
     <w:rsid w:val="00DF5CD1"/>
     <w:rsid w:val="00E03A37"/>
     <w:rsid w:val="00E16E73"/>
+    <w:rsid w:val="00E34AF0"/>
     <w:rsid w:val="00E41FEC"/>
     <w:rsid w:val="00E4588C"/>
     <w:rsid w:val="00E469BC"/>
     <w:rsid w:val="00E60155"/>
     <w:rsid w:val="00E63922"/>
     <w:rsid w:val="00E75129"/>
     <w:rsid w:val="00E81320"/>
     <w:rsid w:val="00E84301"/>
     <w:rsid w:val="00E84E64"/>
     <w:rsid w:val="00E95E1C"/>
     <w:rsid w:val="00EB2CAA"/>
     <w:rsid w:val="00EB6361"/>
     <w:rsid w:val="00EB6DAD"/>
     <w:rsid w:val="00EC1A79"/>
     <w:rsid w:val="00ED46F6"/>
     <w:rsid w:val="00EE0DCC"/>
     <w:rsid w:val="00EF144C"/>
     <w:rsid w:val="00EF52FD"/>
     <w:rsid w:val="00EF6BDF"/>
     <w:rsid w:val="00F03497"/>
     <w:rsid w:val="00F04D42"/>
     <w:rsid w:val="00F13AB0"/>
     <w:rsid w:val="00F1598E"/>
     <w:rsid w:val="00F54CFC"/>
     <w:rsid w:val="00F56905"/>
@@ -7937,51 +7940,51 @@
     <w:rsid w:val="00F86D76"/>
     <w:rsid w:val="00FB080D"/>
     <w:rsid w:val="00FB3242"/>
     <w:rsid w:val="00FB3CEC"/>
     <w:rsid w:val="00FB6A0D"/>
     <w:rsid w:val="00FB6FBA"/>
     <w:rsid w:val="00FD00E5"/>
     <w:rsid w:val="00FD6DF4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7A37786F-93E9-45BE-98C8-CB35F5501342}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
@@ -8370,50 +8373,51 @@
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00121A32"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
@@ -8502,52 +8506,52 @@
   </w:style>
   <w:style w:type="character" w:styleId="a7">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00AD4255"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:semiHidden/>
     <w:rsid w:val="00D67AEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00047571"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="000E1ACF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="000E1ACF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="000E1ACF"/>
     <w:rPr>