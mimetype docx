--- v0 (2025-12-24)
+++ v1 (2026-02-25)
@@ -35,122 +35,122 @@
         <w:tblW w:w="10136" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2527"/>
         <w:gridCol w:w="2691"/>
         <w:gridCol w:w="15"/>
         <w:gridCol w:w="2348"/>
         <w:gridCol w:w="2526"/>
         <w:gridCol w:w="29"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00712A65" w:rsidTr="002542DE">
         <w:trPr>
           <w:trHeight w:val="718"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5233" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00712A65" w:rsidRDefault="00712A65" w:rsidP="00633CE3">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:right="-54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00633CE3" w:rsidRPr="00712A65" w:rsidRDefault="00633CE3" w:rsidP="00633CE3">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:right="-54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Додаткова угода №</w:t>
             </w:r>
             <w:r w:rsidR="00475717" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00CF5E3A" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B350C6" w:rsidRPr="00712A65" w:rsidRDefault="00B350C6" w:rsidP="00B350C6">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:right="-54"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00CF5E3A" w:rsidRPr="00712A65" w:rsidRDefault="00633CE3" w:rsidP="00CF5E3A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">до ДОГОВоРу </w:t>
             </w:r>
             <w:r w:rsidR="00CF5E3A" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
@@ -185,51 +185,51 @@
             <w:r w:rsidR="002E3772">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00CF5E3A" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>/З</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B350C6" w:rsidRPr="00712A65" w:rsidRDefault="00633CE3" w:rsidP="0024696C">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>від</w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
@@ -313,51 +313,51 @@
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>року</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003B7769" w:rsidRPr="00712A65" w:rsidRDefault="003B7769" w:rsidP="00CF5E3A">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00712A65" w:rsidRPr="00D81664" w:rsidRDefault="00712A65" w:rsidP="00DE4A88">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:firstLine="284"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:color w:val="000000"/>
@@ -420,51 +420,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>__</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00CF5E3A" w:rsidRPr="00712A65" w:rsidRDefault="00CF5E3A" w:rsidP="00DE4A88">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:firstLine="284"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00DE4A88" w:rsidRPr="00712A65" w:rsidRDefault="00DE4A88" w:rsidP="00DE4A88">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:ind w:firstLine="567"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">TO </w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1031,57 +1031,65 @@
             <w:r w:rsidR="009021B6" w:rsidRPr="002B2590">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="002B2590">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">діє на підставі довіреності </w:t>
             </w:r>
             <w:r w:rsidR="00682691" w:rsidRPr="002B2590">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="00494163">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="002B2590" w:rsidRPr="002B2590">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="002E3772" w:rsidRPr="002B2590">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00587608" w:rsidRPr="002B2590">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>з одного боку, та</w:t>
             </w:r>
             <w:r w:rsidR="002B2590">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -1674,51 +1682,51 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>про наступне:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006E1516" w:rsidRPr="00712A65" w:rsidRDefault="006E1516" w:rsidP="006E1516">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="009021B6" w:rsidRPr="00712A65" w:rsidRDefault="00575669" w:rsidP="006B697E">
             <w:pPr>
-              <w:pStyle w:val="11"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:firstLine="434"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>THE STATE EXPERT CENTER OF THE MINISTRY OF HEALTH OF UKRAINE</w:t>
             </w:r>
             <w:r w:rsidR="007B5202" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> liable to income tax at bas</w:t>
             </w:r>
@@ -1788,57 +1796,65 @@
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="002E3772">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Director, Financial, Economic and Administrative </w:t>
             </w:r>
             <w:r w:rsidR="00AD7BCE" w:rsidRPr="002B2590">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Work </w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="002B2590">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Department, acting according to the Power of Attorney of </w:t>
             </w:r>
+            <w:r w:rsidR="00494163">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="002B2590" w:rsidRPr="002B2590">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="002E3772" w:rsidRPr="002B2590">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00A2743D" w:rsidRPr="002B2590">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">on the one part, </w:t>
             </w:r>
             <w:r w:rsidR="007B5202" w:rsidRPr="002B2590">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>and</w:t>
             </w:r>
@@ -1903,51 +1919,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>___</w:t>
             </w:r>
             <w:r w:rsidR="004644F0" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>______________________________________</w:t>
             </w:r>
             <w:r w:rsidR="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0027533D" w:rsidRPr="00712A65" w:rsidRDefault="00A2743D" w:rsidP="002E3772">
             <w:pPr>
-              <w:pStyle w:val="11"/>
+              <w:pStyle w:val="12"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="007B5202" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="007B5202" w:rsidRPr="00712A65">
               <w:rPr>
@@ -2569,92 +2585,92 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DE4A88" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>as follows:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidTr="00CD23CC">
         <w:trPr>
           <w:trHeight w:val="1209"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5233" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="002F695F" w:rsidRPr="00712A65" w:rsidRDefault="007A40A2" w:rsidP="006E1516">
             <w:pPr>
-              <w:pStyle w:val="11"/>
+              <w:pStyle w:val="12"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
             <w:r w:rsidR="00475717" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Враховуючи</w:t>
             </w:r>
             <w:r w:rsidR="007662E9" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> відсутність письмових</w:t>
             </w:r>
-            <w:r w:rsidR="00712A65">
+            <w:r w:rsidR="00712A65" w:rsidRPr="00494163">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
             <w:r w:rsidR="007662E9" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> заперечень</w:t>
             </w:r>
             <w:r w:rsidR="002542DE" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007662E9" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:spacing w:val="2"/>
                 <w:sz w:val="22"/>
@@ -2760,51 +2776,51 @@
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">иконання зобов’язань Сторонами </w:t>
             </w:r>
             <w:r w:rsidR="00FF4A1A" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Договору, відповідно до Рахунків-Специфікацій, укладених та оплачених відповідно до умов даного Договору</w:t>
             </w:r>
             <w:r w:rsidR="00890641" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="0054221B" w:rsidRPr="00712A65" w:rsidRDefault="0054221B" w:rsidP="00682691">
             <w:pPr>
-              <w:pStyle w:val="11"/>
+              <w:pStyle w:val="12"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="002F695F" w:rsidRDefault="007A40A2" w:rsidP="00D81664">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
@@ -2910,51 +2926,51 @@
           </w:p>
           <w:p w:rsidR="0054221B" w:rsidRPr="00712A65" w:rsidRDefault="0054221B" w:rsidP="00682691">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidTr="005970E9">
         <w:trPr>
           <w:trHeight w:val="594"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5233" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00FC7D6D" w:rsidRPr="00712A65" w:rsidRDefault="00682691" w:rsidP="006155F2">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00475717" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>. Всі інші умови Договору, не змінені</w:t>
             </w:r>
             <w:r w:rsidR="006155F2" w:rsidRPr="00712A65">
               <w:rPr>
@@ -3001,69 +3017,69 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>і Сторони підтверджують по ним свої</w:t>
             </w:r>
             <w:r w:rsidR="002268EE" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00475717" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> зобов‘язання.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006155F2" w:rsidRPr="00712A65" w:rsidRDefault="006155F2" w:rsidP="006155F2">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00127BED" w:rsidRPr="00712A65" w:rsidRDefault="00682691" w:rsidP="00475717">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00CE3429" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00CE3429" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -3113,55 +3129,55 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidR="00822A32" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>. Дана Додаткова угода</w:t>
             </w:r>
             <w:r w:rsidR="00475717" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> є невід`ємною </w:t>
             </w:r>
-            <w:r w:rsidR="00712A65">
-[...3 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:r w:rsidR="00712A65" w:rsidRPr="00494163">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
             <w:r w:rsidR="00475717" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>частиною Договору</w:t>
             </w:r>
             <w:r w:rsidR="00CF5E3A" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> №__</w:t>
             </w:r>
             <w:r w:rsidR="00712A65" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
@@ -4117,63 +4133,63 @@
               <w:t xml:space="preserve">                                        </w:t>
             </w:r>
             <w:r w:rsidR="00723F35" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Party.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidTr="002542DE">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5233" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="002F695F" w:rsidRPr="00712A65" w:rsidRDefault="002F695F" w:rsidP="002F695F">
             <w:pPr>
-              <w:pStyle w:val="11"/>
+              <w:pStyle w:val="12"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00682691" w:rsidRDefault="00682691" w:rsidP="00475717">
             <w:pPr>
-              <w:pStyle w:val="11"/>
+              <w:pStyle w:val="12"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ЮРИДИЧНІ АДРЕСИ</w:t>
             </w:r>
             <w:r w:rsidR="00475717" w:rsidRPr="00682691">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -4182,76 +4198,76 @@
               <w:t xml:space="preserve"> та реквізити</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">              </w:t>
             </w:r>
             <w:r w:rsidR="00475717" w:rsidRPr="00682691">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> сторін</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="003B7769" w:rsidRPr="00712A65" w:rsidRDefault="003B7769" w:rsidP="00575669">
             <w:pPr>
-              <w:pStyle w:val="11"/>
+              <w:pStyle w:val="12"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4903" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="003B7769" w:rsidRPr="00682691" w:rsidRDefault="003B7769" w:rsidP="00575669">
+          <w:p w:rsidR="003B7769" w:rsidRPr="00494163" w:rsidRDefault="003B7769" w:rsidP="00575669">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00B350C6" w:rsidRPr="00712A65" w:rsidRDefault="00D92F74" w:rsidP="00682691">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>L</w:t>
             </w:r>
@@ -4266,182 +4282,182 @@
               <w:t>EGAL ADDRESSES</w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> AND BANK DETAILS OF THE PARTIES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidTr="00AB5475">
         <w:trPr>
           <w:trHeight w:val="3819"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2527" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00475717" w:rsidP="003F636F">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Виконавець:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002F695F" w:rsidRPr="00712A65" w:rsidRDefault="002F695F" w:rsidP="003F636F">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="004644F0" w:rsidRPr="00712A65" w:rsidRDefault="004644F0" w:rsidP="004644F0">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">ДЕРЖАВНЕ ПІДПРИЄМСТВО </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="004644F0" w:rsidRDefault="004644F0" w:rsidP="004644F0">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>«ДЕРЖАВНИЙ ЕКСПЕРТНИЙ ЦЕНТР МІНІСТЕРСТВА ОХОРОНИ ЗДОРОВ`Я УКРАЇНИ»</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00712A65" w:rsidRPr="00712A65" w:rsidRDefault="00712A65" w:rsidP="004644F0">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00682691" w:rsidP="004644F0">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Юридична адреса</w:t>
             </w:r>
             <w:r w:rsidR="00475717" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00475717" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00475717" w:rsidP="00475717">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>03</w:t>
             </w:r>
             <w:r w:rsidR="00995C30" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidR="007C23BD" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -4479,166 +4495,166 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
             <w:r w:rsidR="007C23BD" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>вул. Антона Цедіка</w:t>
             </w:r>
             <w:r w:rsidR="00995C30" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>, 14</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="001F2CC5" w:rsidRPr="00712A65" w:rsidRDefault="001F2CC5" w:rsidP="00475717">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="002542DE" w:rsidRPr="00712A65" w:rsidRDefault="00475717" w:rsidP="00475717">
             <w:pPr>
+              <w:pStyle w:val="12"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00712A65">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Адреса для листування: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00995C30" w:rsidP="00475717">
+            <w:pPr>
+              <w:pStyle w:val="12"/>
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00712A65">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вул. </w:t>
+            </w:r>
+            <w:r w:rsidR="007C23BD" w:rsidRPr="00712A65">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>Антона Цедіка</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00712A65">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>, 14</w:t>
+            </w:r>
+            <w:r w:rsidR="00475717" w:rsidRPr="00712A65">
+              <w:rPr>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00995C30" w:rsidP="00475717">
+            <w:pPr>
               <w:pStyle w:val="11"/>
               <w:rPr>
-                <w:b/>
-                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
-                <w:b/>
-[...8 lines deleted...]
-          <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00995C30" w:rsidP="00475717">
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>м. Київ, Україна, 030</w:t>
+            </w:r>
+            <w:r w:rsidR="007C23BD" w:rsidRPr="00712A65">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F2CC5" w:rsidRPr="00712A65" w:rsidRDefault="001F2CC5" w:rsidP="00475717">
             <w:pPr>
               <w:pStyle w:val="11"/>
               <w:rPr>
-                <w:bCs/>
-[...71 lines deleted...]
-              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00475717" w:rsidP="00475717">
             <w:pPr>
-              <w:pStyle w:val="11"/>
+              <w:pStyle w:val="12"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Банківські реквізити:</w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
@@ -4740,149 +4756,149 @@
           <w:p w:rsidR="00475717" w:rsidRDefault="00475717" w:rsidP="00475717">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>SWIFT: UGASUAUK</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00712A65" w:rsidRPr="00712A65" w:rsidRDefault="00712A65" w:rsidP="00475717">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00E41BC7" w:rsidRPr="00712A65" w:rsidRDefault="00E41BC7" w:rsidP="002F695F">
             <w:pPr>
-              <w:pStyle w:val="11"/>
+              <w:pStyle w:val="12"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Ідентифікаційний код</w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> 20015794</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002F695F" w:rsidRPr="00712A65" w:rsidRDefault="00E41BC7" w:rsidP="004644F0">
             <w:pPr>
-              <w:pStyle w:val="11"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:hanging="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ІПН</w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> 200157926550</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="006155F2" w:rsidRPr="00712A65" w:rsidRDefault="006155F2" w:rsidP="004644F0">
             <w:pPr>
-              <w:pStyle w:val="11"/>
+              <w:pStyle w:val="12"/>
               <w:ind w:hanging="22"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2706" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00475717" w:rsidP="003F636F">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>ЗАМОВНИК:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="002F695F" w:rsidRPr="00712A65" w:rsidRDefault="002F695F" w:rsidP="003F636F">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00475717" w:rsidP="00475717">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
@@ -4975,51 +4991,51 @@
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>______</w:t>
             </w:r>
             <w:r w:rsidR="001F2CC5" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>________________________________________________</w:t>
             </w:r>
             <w:r w:rsidR="00712A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_________________________________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00682691" w:rsidP="00707344">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Юридична адреса</w:t>
             </w:r>
             <w:r w:rsidR="00707344" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00707344" w:rsidRPr="00712A65">
@@ -5080,158 +5096,158 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00475717" w:rsidP="00475717">
             <w:pPr>
               <w:pStyle w:val="a4"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Адреса для листування:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00475717" w:rsidP="00475717">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>__________________________________________________________</w:t>
             </w:r>
             <w:r w:rsidR="001F2CC5" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_______________________</w:t>
             </w:r>
             <w:r w:rsidR="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_______</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00712A65" w:rsidP="00475717">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Банківські реквізити:__</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00712A65" w:rsidP="00475717">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>______________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00712A65" w:rsidP="00475717">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>______________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00475717" w:rsidP="00475717">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>______________________________________________________________________________</w:t>
             </w:r>
             <w:r w:rsidR="00350842" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
@@ -5239,51 +5255,51 @@
               <w:t>___</w:t>
             </w:r>
             <w:r w:rsidR="002542DE" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>______</w:t>
             </w:r>
             <w:r w:rsidR="001F2CC5" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_____________________</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00C93FE0" w:rsidRPr="00712A65" w:rsidRDefault="00C93FE0" w:rsidP="00C93FE0">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Ідентифікаційний код:</w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002F695F" w:rsidRPr="00712A65">
               <w:rPr>
@@ -5737,51 +5753,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Identification code</w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>20015794</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00475717" w:rsidRPr="00712A65" w:rsidRDefault="00723F35" w:rsidP="00723F35">
             <w:pPr>
-              <w:pStyle w:val="Normal"/>
+              <w:pStyle w:val="11"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Individual Tax No.</w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -6211,59 +6227,59 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>______</w:t>
             </w:r>
             <w:r w:rsidR="002542DE" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>____</w:t>
             </w:r>
             <w:r w:rsidR="00712A65">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_________</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D92F74" w:rsidRPr="00712A65" w:rsidRDefault="00D92F74" w:rsidP="00D92F74">
+          <w:p w:rsidR="00D92F74" w:rsidRPr="00494163" w:rsidRDefault="00D92F74" w:rsidP="00D92F74">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:hanging="22"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="ru-RU"/>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Bank details:</w:t>
             </w:r>
             <w:r w:rsidR="00F72D02" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -6539,58 +6555,59 @@
               </w:rPr>
               <w:t>Performer</w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00B8457B" w:rsidRPr="00712A65" w:rsidRDefault="00B8457B" w:rsidP="00E41BC7">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="009C5A79" w:rsidRPr="00712A65" w:rsidRDefault="00AD7BCE" w:rsidP="009021B6">
+          <w:p w:rsidR="009C5A79" w:rsidRPr="00494163" w:rsidRDefault="00AD7BCE" w:rsidP="009021B6">
             <w:pPr>
               <w:pStyle w:val="1"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Д</w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">иректор Департаменту фінансово-економічної та адміністративно-господарської роботи / </w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
@@ -6680,57 +6697,57 @@
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Work</w:t>
             </w:r>
             <w:r w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="00712A65">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Department</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006155F2" w:rsidRPr="00712A65" w:rsidRDefault="006155F2" w:rsidP="006155F2">
+          <w:p w:rsidR="006155F2" w:rsidRPr="00494163" w:rsidRDefault="006155F2" w:rsidP="006155F2">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-                <w:lang w:val="en-US"/>
+                <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="004644F0" w:rsidRPr="00712A65" w:rsidRDefault="00712A65" w:rsidP="004644F0">
             <w:pPr>
               <w:pStyle w:val="Normal1"/>
               <w:ind w:left="110"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>_________________</w:t>
             </w:r>
             <w:r w:rsidR="009C5A79" w:rsidRPr="00712A65">
@@ -7162,58 +7179,58 @@
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003750EC" w:rsidRPr="00712A65" w:rsidSect="00F21E9A">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="397" w:right="567" w:bottom="397" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="11" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="2" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0025305F" w:rsidRDefault="0025305F">
+    <w:p w:rsidR="006259E2" w:rsidRDefault="006259E2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0025305F" w:rsidRDefault="0025305F">
+    <w:p w:rsidR="006259E2" w:rsidRDefault="006259E2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
@@ -7283,83 +7300,83 @@
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="009C420C">
+    <w:r w:rsidR="00494163">
       <w:rPr>
         <w:rStyle w:val="a8"/>
         <w:noProof/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0025305F" w:rsidRDefault="0025305F">
+    <w:p w:rsidR="006259E2" w:rsidRDefault="006259E2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0025305F" w:rsidRDefault="0025305F">
+    <w:p w:rsidR="006259E2" w:rsidRDefault="006259E2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026627D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="917EFDE6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -12224,78 +12241,80 @@
     <w:rsid w:val="003768E1"/>
     <w:rsid w:val="0038155F"/>
     <w:rsid w:val="00387B7B"/>
     <w:rsid w:val="00393C37"/>
     <w:rsid w:val="003A1D0C"/>
     <w:rsid w:val="003B0871"/>
     <w:rsid w:val="003B2164"/>
     <w:rsid w:val="003B3E7A"/>
     <w:rsid w:val="003B7769"/>
     <w:rsid w:val="003D19FF"/>
     <w:rsid w:val="003D1EDF"/>
     <w:rsid w:val="003E75FA"/>
     <w:rsid w:val="003F636F"/>
     <w:rsid w:val="004112AF"/>
     <w:rsid w:val="004272EF"/>
     <w:rsid w:val="004277A4"/>
     <w:rsid w:val="00427AAC"/>
     <w:rsid w:val="00437907"/>
     <w:rsid w:val="004556D5"/>
     <w:rsid w:val="00463562"/>
     <w:rsid w:val="004644F0"/>
     <w:rsid w:val="00475717"/>
     <w:rsid w:val="004807B0"/>
     <w:rsid w:val="00491CFF"/>
     <w:rsid w:val="00491F87"/>
+    <w:rsid w:val="00494163"/>
     <w:rsid w:val="004B0B4D"/>
     <w:rsid w:val="004B2182"/>
     <w:rsid w:val="004C1DC7"/>
     <w:rsid w:val="004C4203"/>
     <w:rsid w:val="005042A7"/>
     <w:rsid w:val="005054A5"/>
     <w:rsid w:val="00513A07"/>
     <w:rsid w:val="0051571C"/>
     <w:rsid w:val="005233C9"/>
     <w:rsid w:val="005352BC"/>
     <w:rsid w:val="0054221B"/>
     <w:rsid w:val="00555DD3"/>
     <w:rsid w:val="0055770C"/>
     <w:rsid w:val="00571061"/>
     <w:rsid w:val="00575669"/>
     <w:rsid w:val="00587608"/>
     <w:rsid w:val="005970E9"/>
     <w:rsid w:val="005A1192"/>
     <w:rsid w:val="005A1AED"/>
     <w:rsid w:val="005A7EAF"/>
     <w:rsid w:val="005B717E"/>
     <w:rsid w:val="005C0B85"/>
     <w:rsid w:val="005C2E48"/>
     <w:rsid w:val="005C39FA"/>
     <w:rsid w:val="005F0AC8"/>
     <w:rsid w:val="006115E5"/>
     <w:rsid w:val="006155F2"/>
     <w:rsid w:val="00623313"/>
+    <w:rsid w:val="006259E2"/>
     <w:rsid w:val="00632931"/>
     <w:rsid w:val="00632C28"/>
     <w:rsid w:val="00633359"/>
     <w:rsid w:val="00633CE3"/>
     <w:rsid w:val="006350CB"/>
     <w:rsid w:val="0064679A"/>
     <w:rsid w:val="00654830"/>
     <w:rsid w:val="00654C5D"/>
     <w:rsid w:val="00660DC2"/>
     <w:rsid w:val="00662B80"/>
     <w:rsid w:val="00674AD6"/>
     <w:rsid w:val="00682691"/>
     <w:rsid w:val="00682EAD"/>
     <w:rsid w:val="00686A6A"/>
     <w:rsid w:val="00690F42"/>
     <w:rsid w:val="006916F6"/>
     <w:rsid w:val="00695F39"/>
     <w:rsid w:val="006B697E"/>
     <w:rsid w:val="006C1537"/>
     <w:rsid w:val="006C1D51"/>
     <w:rsid w:val="006C5A1F"/>
     <w:rsid w:val="006D2E1F"/>
     <w:rsid w:val="006D339F"/>
     <w:rsid w:val="006E121E"/>
     <w:rsid w:val="006E1516"/>
@@ -12508,89 +12527,133 @@
     <w:rsid w:val="00F77F83"/>
     <w:rsid w:val="00F8086C"/>
     <w:rsid w:val="00F84D93"/>
     <w:rsid w:val="00F95717"/>
     <w:rsid w:val="00FC7D6D"/>
     <w:rsid w:val="00FE3317"/>
     <w:rsid w:val="00FF4A1A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{45E24CBF-5066-4ED7-AAD2-7762705ADDCE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -12789,192 +12852,198 @@
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal1"/>
     <w:next w:val="Normal1"/>
     <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="008B1252"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="008B1252"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="008B1252"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal">
-    <w:name w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+    <w:name w:val="Звичайний1"/>
     <w:rsid w:val="008B1252"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal2">
     <w:name w:val="Normal2"/>
     <w:rsid w:val="009A0B0D"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:basedOn w:val="Normal1"/>
     <w:rsid w:val="00C03BA6"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText2">
-[...1 lines deleted...]
-    <w:basedOn w:val="Normal"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+    <w:name w:val="Основний текст 21"/>
+    <w:basedOn w:val="11"/>
     <w:rsid w:val="00A35CAE"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:semiHidden/>
     <w:rsid w:val="008116BF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="Body Text Indent 2"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="002A6599"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="002A6599"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
     <w:name w:val="Обычный1"/>
     <w:rsid w:val="008A0892"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00790899"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
     <w:name w:val="Основной текст 21"/>
-    <w:basedOn w:val="11"/>
+    <w:basedOn w:val="12"/>
     <w:rsid w:val="007A5509"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00E80415"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00E80415"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal3">
     <w:name w:val="Normal3"/>
     <w:rsid w:val="0010687A"/>
@@ -13347,51 +13416,50 @@
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2143189253">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Офіс">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>