--- v0 (2025-12-23)
+++ v1 (2026-02-25)
@@ -2,86 +2,88 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="5000" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4927"/>
         <w:gridCol w:w="4927"/>
       </w:tblGrid>
       <w:tr w:rsidR="00EB6DAD" w:rsidRPr="00EF144C" w:rsidTr="000E1ACF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w:rsidR="00EB6DAD" w:rsidRPr="000F5263" w:rsidRDefault="00EB6DAD" w:rsidP="00EB6DAD">
             <w:pPr>
               <w:pStyle w:val="2"/>
               <w:ind w:right="-54"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="000F5263">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>Додаткова угода №</w:t>
             </w:r>
             <w:r w:rsidRPr="000F5263">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>_</w:t>
             </w:r>
             <w:r w:rsidR="00E95E1C" w:rsidRPr="000F5263">
               <w:rPr>
                 <w:b/>
                 <w:caps/>
                 <w:sz w:val="22"/>
@@ -543,56 +545,63 @@
                   </w:r>
                   <w:r w:rsidR="00E16E73" w:rsidRPr="007039C5">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:b/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00E16E73" w:rsidRPr="007039C5">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t xml:space="preserve">діє на підставі довіреності </w:t>
                   </w:r>
                   <w:r w:rsidR="00500D95" w:rsidRPr="007039C5">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve">від </w:t>
                   </w:r>
+                  <w:r w:rsidR="00715190">
+                    <w:rPr>
+                      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                      <w:lang w:val="uk-UA"/>
+                    </w:rPr>
+                    <w:t>11.02.2026 №20</w:t>
+                  </w:r>
                   <w:r w:rsidR="007039C5" w:rsidRPr="007039C5">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
-                    <w:t>18.12.2025 №39/Д/С</w:t>
+                    <w:t>/Д/С</w:t>
                   </w:r>
                   <w:r w:rsidR="006E7E74" w:rsidRPr="007039C5">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t>,</w:t>
                   </w:r>
                   <w:r w:rsidR="007039C5">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:lang w:val="uk-UA"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6361" w:rsidRPr="007039C5">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>з одного</w:t>
                   </w:r>
                   <w:r w:rsidR="00EB6361" w:rsidRPr="006E7E74">
                     <w:rPr>
@@ -636,52 +645,50 @@
                   </w:r>
                   <w:r w:rsidR="00500D95" w:rsidRPr="000F5263">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:lang w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>_</w:t>
                   </w:r>
                   <w:r w:rsidR="006B5585" w:rsidRPr="000F5263">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>___________</w:t>
                   </w:r>
                   <w:r w:rsidR="007039C5">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>_</w:t>
                   </w:r>
-                  <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-                  <w:bookmarkEnd w:id="0"/>
                   <w:r w:rsidR="000F5263" w:rsidRPr="000F5263">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>__</w:t>
                   </w:r>
                   <w:r w:rsidR="006E7E74">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>_</w:t>
                   </w:r>
                   <w:r w:rsidR="000F5263">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
                     </w:rPr>
                     <w:t>___</w:t>
                   </w:r>
                   <w:r w:rsidR="00747E59" w:rsidRPr="000F5263">
@@ -2716,209 +2723,209 @@
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:lang w:val="uk-UA"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00015039" w:rsidRPr="00015039" w:rsidSect="0002743D">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="567" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="4" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0096512A" w:rsidRDefault="0096512A">
+    <w:p w:rsidR="00E96A2B" w:rsidRDefault="00E96A2B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0096512A" w:rsidRDefault="0096512A">
+    <w:p w:rsidR="00E96A2B" w:rsidRDefault="00E96A2B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00D352AC" w:rsidRDefault="00D352AC" w:rsidP="00964A11">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00D352AC" w:rsidRDefault="00D352AC">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00D352AC" w:rsidRDefault="00D352AC" w:rsidP="00964A11">
     <w:pPr>
       <w:pStyle w:val="a6"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="007039C5">
+    <w:r w:rsidR="00715190">
       <w:rPr>
         <w:rStyle w:val="a7"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a7"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00D352AC" w:rsidRDefault="00D352AC">
     <w:pPr>
       <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="0096512A" w:rsidRDefault="0096512A">
+    <w:p w:rsidR="00E96A2B" w:rsidRDefault="00E96A2B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="0096512A" w:rsidRDefault="0096512A">
+    <w:p w:rsidR="00E96A2B" w:rsidRDefault="00E96A2B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="009218C2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CF6C872"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:lvlText w:val="1.1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7848,50 +7855,51 @@
     <w:rsid w:val="005569AB"/>
     <w:rsid w:val="005A61E5"/>
     <w:rsid w:val="005B0ADD"/>
     <w:rsid w:val="005B6BEF"/>
     <w:rsid w:val="005B7314"/>
     <w:rsid w:val="005C1B3D"/>
     <w:rsid w:val="005C5AD5"/>
     <w:rsid w:val="005E42BB"/>
     <w:rsid w:val="005E52D8"/>
     <w:rsid w:val="00607EB6"/>
     <w:rsid w:val="006279A8"/>
     <w:rsid w:val="00644937"/>
     <w:rsid w:val="00665578"/>
     <w:rsid w:val="00684F7E"/>
     <w:rsid w:val="0069449A"/>
     <w:rsid w:val="006B0D62"/>
     <w:rsid w:val="006B4028"/>
     <w:rsid w:val="006B5585"/>
     <w:rsid w:val="006D0155"/>
     <w:rsid w:val="006D275A"/>
     <w:rsid w:val="006E7E74"/>
     <w:rsid w:val="007039C5"/>
     <w:rsid w:val="00707DD7"/>
     <w:rsid w:val="007121DE"/>
     <w:rsid w:val="00713472"/>
+    <w:rsid w:val="00715190"/>
     <w:rsid w:val="007200E0"/>
     <w:rsid w:val="00723E88"/>
     <w:rsid w:val="00747E59"/>
     <w:rsid w:val="007518DA"/>
     <w:rsid w:val="00754ED2"/>
     <w:rsid w:val="007572F7"/>
     <w:rsid w:val="00762637"/>
     <w:rsid w:val="00767580"/>
     <w:rsid w:val="007833C5"/>
     <w:rsid w:val="00785825"/>
     <w:rsid w:val="00785B92"/>
     <w:rsid w:val="007A47C6"/>
     <w:rsid w:val="007B71A1"/>
     <w:rsid w:val="007D3AE0"/>
     <w:rsid w:val="007F00B2"/>
     <w:rsid w:val="007F7D34"/>
     <w:rsid w:val="00800223"/>
     <w:rsid w:val="00843A08"/>
     <w:rsid w:val="00861E10"/>
     <w:rsid w:val="00862F0C"/>
     <w:rsid w:val="0087392A"/>
     <w:rsid w:val="00882E55"/>
     <w:rsid w:val="008B35E1"/>
     <w:rsid w:val="008D1B27"/>
     <w:rsid w:val="008F03B4"/>
@@ -7984,108 +7992,108 @@
     <w:rsid w:val="00D62705"/>
     <w:rsid w:val="00D67AEF"/>
     <w:rsid w:val="00D751F4"/>
     <w:rsid w:val="00D77B1F"/>
     <w:rsid w:val="00D8319C"/>
     <w:rsid w:val="00D86298"/>
     <w:rsid w:val="00DA75C8"/>
     <w:rsid w:val="00DB4C99"/>
     <w:rsid w:val="00DB4FF8"/>
     <w:rsid w:val="00DB6F1E"/>
     <w:rsid w:val="00DC3F8C"/>
     <w:rsid w:val="00DC4FDB"/>
     <w:rsid w:val="00DC5FCC"/>
     <w:rsid w:val="00DF5CD1"/>
     <w:rsid w:val="00E03A37"/>
     <w:rsid w:val="00E16E73"/>
     <w:rsid w:val="00E41FEC"/>
     <w:rsid w:val="00E469BC"/>
     <w:rsid w:val="00E5408D"/>
     <w:rsid w:val="00E63922"/>
     <w:rsid w:val="00E75129"/>
     <w:rsid w:val="00E81320"/>
     <w:rsid w:val="00E84301"/>
     <w:rsid w:val="00E84E64"/>
     <w:rsid w:val="00E95E1C"/>
+    <w:rsid w:val="00E96A2B"/>
     <w:rsid w:val="00EB2CAA"/>
     <w:rsid w:val="00EB6361"/>
     <w:rsid w:val="00EB6DAD"/>
     <w:rsid w:val="00EC1A79"/>
     <w:rsid w:val="00EE0DCC"/>
     <w:rsid w:val="00EF144C"/>
     <w:rsid w:val="00EF52FD"/>
     <w:rsid w:val="00EF6BDF"/>
     <w:rsid w:val="00F03497"/>
     <w:rsid w:val="00F04D42"/>
     <w:rsid w:val="00F12078"/>
     <w:rsid w:val="00F13AB0"/>
     <w:rsid w:val="00F77ECC"/>
     <w:rsid w:val="00F81BDD"/>
     <w:rsid w:val="00F86D76"/>
     <w:rsid w:val="00FB080D"/>
     <w:rsid w:val="00FB3242"/>
     <w:rsid w:val="00FB6A0D"/>
     <w:rsid w:val="00FB6FBA"/>
     <w:rsid w:val="00FD00E5"/>
     <w:rsid w:val="00FD6DF4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="01F4275E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{64270638-D2F8-4BAC-A52B-7090EC76CFEC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -8428,51 +8436,51 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
-      <w:lang w:eastAsia="en-US"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="10"/>
     <w:qFormat/>
     <w:rsid w:val="00121A32"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="uk-UA" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
@@ -8502,51 +8510,51 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00222AC0"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="Обычный1"/>
     <w:rsid w:val="00222AC0"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="006B4028"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="11"/>
     <w:rsid w:val="002F4703"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:link w:val="1"/>
@@ -8595,74 +8603,74 @@
   <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:semiHidden/>
     <w:rsid w:val="00D67AEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="00047571"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="Обычный2"/>
     <w:rsid w:val="000E1ACF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="000E1ACF"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="000E1ACF"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="118500928">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="696003632">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>