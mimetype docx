--- v0 (2025-12-23)
+++ v1 (2026-02-25)
@@ -2,59 +2,61 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
     <w:p w:rsidR="0051571C" w:rsidRPr="0051571C" w:rsidRDefault="0051571C">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10136" w:type="dxa"/>
         <w:tblInd w:w="-252" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2527"/>
         <w:gridCol w:w="2691"/>
         <w:gridCol w:w="15"/>
         <w:gridCol w:w="2348"/>
         <w:gridCol w:w="2526"/>
         <w:gridCol w:w="29"/>
       </w:tblGrid>
       <w:tr w:rsidR="008B1252" w:rsidRPr="00C234EC" w:rsidTr="002542DE">
         <w:trPr>
           <w:trHeight w:val="718"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5233" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -1031,76 +1033,66 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="003D01C7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">директора </w:t>
             </w:r>
             <w:r w:rsidR="00A03E95" w:rsidRPr="003D01C7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="003D01C7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>Департаменту фінансово-економіч</w:t>
-[...2 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+              <w:t xml:space="preserve">Департаменту фінансово-економічної та </w:t>
+            </w:r>
+            <w:r w:rsidR="00705E33" w:rsidRPr="003D01C7">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                        </w:t>
+            </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="003D01C7">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t xml:space="preserve">ної та </w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve">адміністративно-господарської </w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="000E3EA6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>роботи Ковтун С.В.</w:t>
             </w:r>
             <w:r w:rsidR="004644F0" w:rsidRPr="000E3EA6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00705E33" w:rsidRPr="000E3EA6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">                           </w:t>
@@ -1124,57 +1116,65 @@
             <w:r w:rsidR="009021B6" w:rsidRPr="000E3EA6">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="000E3EA6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">діє на підставі довіреності </w:t>
             </w:r>
             <w:r w:rsidR="00732585" w:rsidRPr="000E3EA6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve">від </w:t>
             </w:r>
+            <w:r w:rsidR="000C1A80">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="000E3EA6" w:rsidRPr="000E3EA6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="008D1BF3" w:rsidRPr="008D1BF3">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="008D1BF3">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00587608" w:rsidRPr="008D1BF3">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>з одного боку, та</w:t>
             </w:r>
@@ -1888,57 +1888,65 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Kovtun, Director, Financial, Economic and Administrative </w:t>
             </w:r>
             <w:r w:rsidR="00AD7BCE" w:rsidRPr="001F1DAE">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Work </w:t>
             </w:r>
             <w:r w:rsidR="009021B6" w:rsidRPr="000E3EA6">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Department, acting according to the Power of Attorney of </w:t>
             </w:r>
+            <w:r w:rsidR="000C1A80">
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="uk-UA"/>
+              </w:rPr>
+              <w:t>11.02.2026 №20</w:t>
+            </w:r>
             <w:r w:rsidR="000E3EA6" w:rsidRPr="000E3EA6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
-              <w:t>18.12.2025 №39/Д/С</w:t>
+              <w:t>/Д/С</w:t>
             </w:r>
             <w:r w:rsidR="008D1BF3" w:rsidRPr="000E3EA6">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="008D1BF3" w:rsidRPr="008D1BF3">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="uk-UA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A2743D" w:rsidRPr="008D1BF3">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">on the one part, </w:t>
@@ -7211,216 +7219,216 @@
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="003750EC" w:rsidRPr="00B8457B" w:rsidSect="00F21E9A">
       <w:footerReference w:type="even" r:id="rId7"/>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="397" w:right="567" w:bottom="397" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders>
         <w:top w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:left w:val="cornerTriangles" w:sz="10" w:space="11" w:color="auto"/>
         <w:bottom w:val="cornerTriangles" w:sz="10" w:space="1" w:color="auto"/>
         <w:right w:val="cornerTriangles" w:sz="10" w:space="2" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00090DC3" w:rsidRDefault="00090DC3">
+    <w:p w:rsidR="000F386E" w:rsidRDefault="000F386E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00090DC3" w:rsidRDefault="00090DC3">
+    <w:p w:rsidR="000F386E" w:rsidRDefault="000F386E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
-    <w:charset w:val="80"/>
-    <w:family w:val="swiss"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC" w:rsidP="00073E60">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC" w:rsidP="00073E60">
     <w:pPr>
       <w:pStyle w:val="a7"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="000E3EA6">
+    <w:r w:rsidR="000C1A80">
       <w:rPr>
         <w:rStyle w:val="a8"/>
         <w:noProof/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="a8"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00CA55CC" w:rsidRDefault="00CA55CC">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00090DC3" w:rsidRDefault="00090DC3">
+    <w:p w:rsidR="000F386E" w:rsidRDefault="000F386E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00090DC3" w:rsidRDefault="00090DC3">
+    <w:p w:rsidR="000F386E" w:rsidRDefault="000F386E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="026627D2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="917EFDE6"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -12175,57 +12183,59 @@
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008B1252"/>
     <w:rsid w:val="000114EA"/>
     <w:rsid w:val="000448BF"/>
     <w:rsid w:val="0005761E"/>
     <w:rsid w:val="0005776F"/>
     <w:rsid w:val="00073BFF"/>
     <w:rsid w:val="00073E60"/>
     <w:rsid w:val="00080C9D"/>
     <w:rsid w:val="00090409"/>
     <w:rsid w:val="00090DC3"/>
     <w:rsid w:val="000A270A"/>
     <w:rsid w:val="000B4B71"/>
     <w:rsid w:val="000B4E64"/>
     <w:rsid w:val="000B740A"/>
+    <w:rsid w:val="000C1A80"/>
     <w:rsid w:val="000C35B1"/>
     <w:rsid w:val="000C39FF"/>
     <w:rsid w:val="000C680A"/>
     <w:rsid w:val="000C7D0D"/>
     <w:rsid w:val="000E1534"/>
     <w:rsid w:val="000E3EA6"/>
     <w:rsid w:val="000F0FF7"/>
+    <w:rsid w:val="000F386E"/>
     <w:rsid w:val="0010687A"/>
     <w:rsid w:val="00111D7D"/>
     <w:rsid w:val="00114CC6"/>
     <w:rsid w:val="00125626"/>
     <w:rsid w:val="00127BED"/>
     <w:rsid w:val="0014138E"/>
     <w:rsid w:val="0014418C"/>
     <w:rsid w:val="001447FF"/>
     <w:rsid w:val="0015273F"/>
     <w:rsid w:val="001554E3"/>
     <w:rsid w:val="00166F15"/>
     <w:rsid w:val="00170797"/>
     <w:rsid w:val="001740AF"/>
     <w:rsid w:val="00174A55"/>
     <w:rsid w:val="001769A5"/>
     <w:rsid w:val="001963F7"/>
     <w:rsid w:val="001A27B9"/>
     <w:rsid w:val="001A2C58"/>
     <w:rsid w:val="001A6034"/>
     <w:rsid w:val="001B515B"/>
     <w:rsid w:val="001C6760"/>
     <w:rsid w:val="001D42E2"/>
     <w:rsid w:val="001E287C"/>
     <w:rsid w:val="001E4B9A"/>
     <w:rsid w:val="001F1DAE"/>
@@ -12285,50 +12295,51 @@
     <w:rsid w:val="003D01C7"/>
     <w:rsid w:val="003D19FF"/>
     <w:rsid w:val="003D1EDF"/>
     <w:rsid w:val="003D5B58"/>
     <w:rsid w:val="003E75FA"/>
     <w:rsid w:val="003F636F"/>
     <w:rsid w:val="004112AF"/>
     <w:rsid w:val="004272EF"/>
     <w:rsid w:val="004277A4"/>
     <w:rsid w:val="00427AAC"/>
     <w:rsid w:val="00437907"/>
     <w:rsid w:val="00463562"/>
     <w:rsid w:val="004644F0"/>
     <w:rsid w:val="00475717"/>
     <w:rsid w:val="004807B0"/>
     <w:rsid w:val="00491CFF"/>
     <w:rsid w:val="00491F87"/>
     <w:rsid w:val="004B0B4D"/>
     <w:rsid w:val="004B2182"/>
     <w:rsid w:val="004C1DC7"/>
     <w:rsid w:val="004C4203"/>
     <w:rsid w:val="005042A7"/>
     <w:rsid w:val="005054A5"/>
     <w:rsid w:val="00513A07"/>
     <w:rsid w:val="0051571C"/>
+    <w:rsid w:val="005175E5"/>
     <w:rsid w:val="005233C9"/>
     <w:rsid w:val="005352BC"/>
     <w:rsid w:val="00555DD3"/>
     <w:rsid w:val="0055770C"/>
     <w:rsid w:val="00571061"/>
     <w:rsid w:val="00575669"/>
     <w:rsid w:val="00587608"/>
     <w:rsid w:val="005970E9"/>
     <w:rsid w:val="005A1192"/>
     <w:rsid w:val="005A1AED"/>
     <w:rsid w:val="005A350B"/>
     <w:rsid w:val="005A7EAF"/>
     <w:rsid w:val="005B717E"/>
     <w:rsid w:val="005C0B85"/>
     <w:rsid w:val="005C2E48"/>
     <w:rsid w:val="005C39FA"/>
     <w:rsid w:val="005F0AC8"/>
     <w:rsid w:val="006115E5"/>
     <w:rsid w:val="0062274B"/>
     <w:rsid w:val="00623313"/>
     <w:rsid w:val="00632931"/>
     <w:rsid w:val="00632C28"/>
     <w:rsid w:val="00633359"/>
     <w:rsid w:val="00633CE3"/>
     <w:rsid w:val="006350CB"/>
@@ -12564,63 +12575,62 @@
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1B6EDB7F"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{C06E71E0-4585-4279-B0FB-E01DC37435BC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12928,67 +12938,67 @@
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="a3">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="008B1252"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal1">
     <w:name w:val="Normal1"/>
     <w:rsid w:val="008B1252"/>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="11">
     <w:name w:val="Обычный1"/>
     <w:rsid w:val="008B1252"/>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal2">
     <w:name w:val="Normal2"/>
     <w:rsid w:val="009A0B0D"/>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BodyText1">
     <w:name w:val="Body Text1"/>
     <w:basedOn w:val="Normal1"/>
     <w:rsid w:val="00C03BA6"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="21">
     <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="11"/>
     <w:rsid w:val="00A35CAE"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:semiHidden/>
     <w:rsid w:val="008116BF"/>
     <w:rPr>
@@ -13007,102 +13017,102 @@
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="002A6599"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9639"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="12">
     <w:name w:val="Обычный1"/>
     <w:rsid w:val="008A0892"/>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00790899"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="ru-RU" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="210">
     <w:name w:val="Основной текст 21"/>
     <w:basedOn w:val="12"/>
     <w:rsid w:val="007A5509"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:lang w:val="uk-UA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a7">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00E80415"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="a8">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00E80415"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Normal3">
     <w:name w:val="Normal3"/>
     <w:rsid w:val="0010687A"/>
     <w:rPr>
       <w:sz w:val="24"/>
-      <w:lang w:val="en-GB"/>
+      <w:lang w:val="en-GB" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hps">
     <w:name w:val="hps"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="0064679A"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="hpsatn">
     <w:name w:val="hps atn"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="0064679A"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="Заголовок 1 Знак"/>
     <w:link w:val="1"/>
     <w:rsid w:val="00CD23CC"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a9">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="002F695F"/>
     <w:rPr>