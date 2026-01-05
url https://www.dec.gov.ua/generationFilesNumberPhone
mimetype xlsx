--- v0 (2025-10-14)
+++ v1 (2026-01-05)
@@ -8,103 +8,103 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="250" uniqueCount="250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="248">
   <si>
     <t>Агенція методологічної та науково-практичної роботи</t>
   </si>
   <si>
     <t>Гудзенко Олександр Павлович</t>
   </si>
   <si>
     <t>Начальник агенції</t>
   </si>
   <si>
     <t>Адміністрація</t>
   </si>
   <si>
     <t>Бабенко Михайло Миколайович</t>
   </si>
   <si>
     <t>Директор</t>
   </si>
   <si>
     <t>044-202-17-00</t>
   </si>
   <si>
     <t>Гусева Ганна Володимирівна</t>
   </si>
   <si>
     <t>Заступник директора з правових питань</t>
   </si>
   <si>
-    <t>Лобас Михайло Віталійович</t>
-[...4 lines deleted...]
-  <si>
     <t>Ішкова Євгенія Василівна</t>
   </si>
   <si>
     <t>Заступник директора з питань реєстрації та фармаконагляду</t>
   </si>
   <si>
     <t>Приймальня директора</t>
   </si>
   <si>
     <t>044-202-17-00 внутрішній (0000)</t>
   </si>
   <si>
     <t>Пасічник Михайло Францович</t>
   </si>
   <si>
     <t>Заступник директора</t>
   </si>
   <si>
+    <t>Семенченко Олена Іванівна</t>
+  </si>
+  <si>
+    <t>Заступник директора з питань реєстрації та аудиту</t>
+  </si>
+  <si>
     <t>Бухгалтерія</t>
   </si>
   <si>
     <t>Гринь Світлана Володимирівна</t>
   </si>
   <si>
     <t>Головний бухгалтер</t>
   </si>
   <si>
     <t>Дрягіна Олена Анатоліївна</t>
   </si>
   <si>
     <t>Заступник головного бухгалтера</t>
   </si>
   <si>
     <t>Відділ обліку витрат та обігу необоротних активів і товарно-матеріальних цінностей</t>
   </si>
   <si>
     <t>Карачик Вікторія Вікторівна</t>
   </si>
   <si>
     <t>Начальник відділу</t>
   </si>
   <si>
     <t>Відділ обліку доходів та роботи із замовниками</t>
@@ -595,53 +595,50 @@
   <si>
     <t>Сектор з питань запобігання та виявлення корупції</t>
   </si>
   <si>
     <t>Усікова Наталія Павлівна</t>
   </si>
   <si>
     <t>Сектор координації роботи консультативно-експертних груп</t>
   </si>
   <si>
     <t>Сектор фармакокінетичних досліджень</t>
   </si>
   <si>
     <t>Вирова Олена Володимирівна</t>
   </si>
   <si>
     <t>Управління аудиту</t>
   </si>
   <si>
     <t>Распутняк Сергій Сергійович</t>
   </si>
   <si>
     <t>Заступник начальника управління</t>
   </si>
   <si>
-    <t>Семенченко Олена Іванівна</t>
-[...1 lines deleted...]
-  <si>
     <t>Відділ аудиту системи фармаконагляду заявників</t>
   </si>
   <si>
     <t>Відділ клінічного аудиту клінічних досліджень</t>
   </si>
   <si>
     <t>Янкова Леся Ярославівна</t>
   </si>
   <si>
     <t>Сектор аудиту доклінічних досліджень</t>
   </si>
   <si>
     <t>Козлов Михайло Іванович</t>
   </si>
   <si>
     <t>Управління експертизи матеріалів з біодоступності та біоеквівалентності</t>
   </si>
   <si>
     <t>Жукова Надія Олександрівна</t>
   </si>
   <si>
     <t>Відділ експертизи матеріалів генеричних та інших лікарських засобів</t>
   </si>
   <si>
     <t>Кіка Оксана Петрівна</t>
@@ -659,53 +656,50 @@
     <t>Управління забезпечення якості та євроінтерації</t>
   </si>
   <si>
     <t>Садовнича Ольга Олегівна</t>
   </si>
   <si>
     <t>Відділ євроінтеграції</t>
   </si>
   <si>
     <t>Орленко Тетяна Анатоліївна</t>
   </si>
   <si>
     <t>Управління інформаційних технологій</t>
   </si>
   <si>
     <t>Клєб Артем Олександрович</t>
   </si>
   <si>
     <t>Відділ підтримки програмного забезпечення</t>
   </si>
   <si>
     <t>Анісімов Володимир Вікторович</t>
   </si>
   <si>
     <t>Відділ технічної підтримки та інформаційної безпеки</t>
-  </si>
-[...1 lines deleted...]
-    <t>Гречаник Ярослав Ігорович</t>
   </si>
   <si>
     <t>Сектор програмних рішень та інновацій</t>
   </si>
   <si>
     <t>Космінський Роман Віталійович</t>
   </si>
   <si>
     <t>Управління кадрового, документального та організаційного забезпечення</t>
   </si>
   <si>
     <t>Рептух Світлана Юріївна</t>
   </si>
   <si>
     <t>Відділ діловодства</t>
   </si>
   <si>
     <t>Бєлоконь Людмила Олександрівна</t>
   </si>
   <si>
     <t>Сова Леся Богданівна</t>
   </si>
   <si>
     <t>Відділ кадрів</t>
   </si>
@@ -819,51 +813,51 @@
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="20" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C347"/>
+  <dimension ref="A1:C346"/>
   <cols>
     <col min="1" max="1" width="60"/>
     <col min="2" max="2" width="58"/>
     <col min="3" max="3" width="32"/>
   </cols>
   <sheetData>
     <row r="1"/>
     <row r="2">
       <c r="A2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>1</v>
       </c>
       <c r="B3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" t="s">
         <v>3</v>
       </c>
@@ -883,63 +877,63 @@
       <c r="A7" t="s">
         <v>7</v>
       </c>
       <c r="B7" t="s">
         <v>8</v>
       </c>
       <c r="C7" t="s" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>9</v>
       </c>
       <c r="B8" t="s">
         <v>10</v>
       </c>
       <c r="C8" t="s" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>13</v>
       </c>
-      <c r="C10" t="s">
+      <c r="B10" t="s">
         <v>14</v>
+      </c>
+      <c r="C10" t="s" s="7">
+        <v>6</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>15</v>
       </c>
       <c r="B11" t="s">
         <v>16</v>
       </c>
       <c r="C11" t="s" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="12"/>
     <row r="13">
       <c r="A13" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>19</v>
@@ -2267,516 +2261,505 @@
         <v>191</v>
       </c>
       <c r="B256" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="257"/>
     <row r="258">
       <c r="A258" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>193</v>
       </c>
       <c r="B259" t="s">
         <v>194</v>
       </c>
       <c r="C259">
         <v>1000</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>195</v>
+        <v>15</v>
       </c>
       <c r="B260" t="s">
         <v>77</v>
       </c>
       <c r="C260">
         <v>5010</v>
       </c>
     </row>
     <row r="261"/>
     <row r="262">
       <c r="A262" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
     </row>
     <row r="263"/>
     <row r="264">
       <c r="A264" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B265" t="s">
         <v>24</v>
       </c>
       <c r="C265">
         <v>1011</v>
       </c>
     </row>
     <row r="266"/>
     <row r="267">
       <c r="A267" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B268" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="269"/>
     <row r="270">
       <c r="A270" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B271" t="s">
         <v>77</v>
       </c>
       <c r="C271">
         <v>1101</v>
       </c>
     </row>
     <row r="272"/>
     <row r="273">
       <c r="A273" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B274" t="s">
         <v>24</v>
       </c>
       <c r="C274">
         <v>1102</v>
       </c>
     </row>
     <row r="275"/>
     <row r="276">
       <c r="A276" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B277" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="278"/>
     <row r="279">
       <c r="A279" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B280" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="281"/>
     <row r="282">
       <c r="A282" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="B283" t="s">
         <v>77</v>
       </c>
       <c r="C283">
         <v>1611</v>
       </c>
     </row>
     <row r="284"/>
     <row r="285">
       <c r="A285" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
     </row>
     <row r="286"/>
     <row r="287">
       <c r="A287" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="B288" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="289"/>
     <row r="290">
       <c r="A290" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="B291" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="292"/>
     <row r="293">
       <c r="A293" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B294" t="s">
         <v>24</v>
       </c>
       <c r="C294">
         <v>1411</v>
       </c>
     </row>
     <row r="295"/>
     <row r="296">
       <c r="A296" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="297"/>
+    <row r="298">
+      <c r="A298" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="297">
-[...10 lines deleted...]
-    <row r="298"/>
     <row r="299">
       <c r="A299" t="s">
+        <v>217</v>
+      </c>
+      <c r="B299" t="s">
+        <v>59</v>
+      </c>
+      <c r="C299">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="300"/>
+    <row r="301">
+      <c r="A301" t="s">
         <v>218</v>
       </c>
     </row>
-    <row r="300">
-[...10 lines deleted...]
-    <row r="301"/>
     <row r="302">
       <c r="A302" t="s">
+        <v>219</v>
+      </c>
+      <c r="B302" t="s">
+        <v>77</v>
+      </c>
+      <c r="C302">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="303"/>
+    <row r="304">
+      <c r="A304" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="303">
-[...10 lines deleted...]
-    <row r="304"/>
     <row r="305">
       <c r="A305" t="s">
-        <v>222</v>
+        <v>221</v>
+      </c>
+      <c r="B305" t="s">
+        <v>24</v>
+      </c>
+      <c r="C305">
+        <v>1322</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
+        <v>222</v>
+      </c>
+      <c r="B306" t="s">
+        <v>50</v>
+      </c>
+      <c r="C306">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="307"/>
+    <row r="308">
+      <c r="A308" t="s">
         <v>223</v>
       </c>
-      <c r="B306" t="s">
-[...17 lines deleted...]
-    <row r="308"/>
+    </row>
     <row r="309">
       <c r="A309" t="s">
+        <v>224</v>
+      </c>
+      <c r="B309" t="s">
+        <v>24</v>
+      </c>
+      <c r="C309">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="310"/>
+    <row r="311">
+      <c r="A311" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="310">
-[...10 lines deleted...]
-    <row r="311"/>
     <row r="312">
       <c r="A312" t="s">
+        <v>226</v>
+      </c>
+      <c r="B312" t="s">
+        <v>24</v>
+      </c>
+      <c r="C312">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="313"/>
+    <row r="314">
+      <c r="A314" t="s">
         <v>227</v>
       </c>
     </row>
-    <row r="313">
-[...10 lines deleted...]
-    <row r="314"/>
     <row r="315">
       <c r="A315" t="s">
+        <v>228</v>
+      </c>
+      <c r="B315" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="316"/>
+    <row r="317">
+      <c r="A317" t="s">
         <v>229</v>
       </c>
     </row>
-    <row r="316">
-[...7 lines deleted...]
-    <row r="317"/>
     <row r="318">
       <c r="A318" t="s">
+        <v>230</v>
+      </c>
+      <c r="B318" t="s">
+        <v>77</v>
+      </c>
+      <c r="C318">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="319"/>
+    <row r="320">
+      <c r="A320" t="s">
         <v>231</v>
       </c>
     </row>
-    <row r="319">
-[...10 lines deleted...]
-    <row r="320"/>
     <row r="321">
       <c r="A321" t="s">
+        <v>232</v>
+      </c>
+      <c r="B321" t="s">
+        <v>24</v>
+      </c>
+      <c r="C321">
+        <v>1232</v>
+      </c>
+    </row>
+    <row r="322"/>
+    <row r="323">
+      <c r="A323" t="s">
         <v>233</v>
       </c>
     </row>
-    <row r="322">
-[...10 lines deleted...]
-    <row r="323"/>
     <row r="324">
       <c r="A324" t="s">
+        <v>234</v>
+      </c>
+      <c r="B324" t="s">
+        <v>24</v>
+      </c>
+      <c r="C324">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="325"/>
+    <row r="326">
+      <c r="A326" t="s">
         <v>235</v>
       </c>
     </row>
-    <row r="325">
-[...10 lines deleted...]
-    <row r="326"/>
     <row r="327">
       <c r="A327" t="s">
+        <v>236</v>
+      </c>
+      <c r="B327" t="s">
+        <v>24</v>
+      </c>
+      <c r="C327">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="328"/>
+    <row r="329">
+      <c r="A329" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="328">
-[...10 lines deleted...]
-    <row r="329"/>
     <row r="330">
       <c r="A330" t="s">
+        <v>238</v>
+      </c>
+      <c r="B330" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="331"/>
+    <row r="332">
+      <c r="A332" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="331">
-[...7 lines deleted...]
-    <row r="332"/>
     <row r="333">
       <c r="A333" t="s">
-        <v>241</v>
+        <v>240</v>
+      </c>
+      <c r="B333" t="s">
+        <v>24</v>
+      </c>
+      <c r="C333">
+        <v>2111</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="B334" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="C334">
-        <v>2111</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
+        <v>242</v>
+      </c>
+      <c r="B335" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="336"/>
+    <row r="337">
+      <c r="A337" t="s">
         <v>243</v>
       </c>
-      <c r="B335" t="s">
-[...7 lines deleted...]
-      <c r="A336" t="s">
+    </row>
+    <row r="338"/>
+    <row r="339">
+      <c r="A339" t="s">
         <v>244</v>
       </c>
-      <c r="B336" t="s">
-[...9 lines deleted...]
-    <row r="339"/>
+    </row>
     <row r="340">
       <c r="A340" t="s">
-        <v>246</v>
-[...10 lines deleted...]
-    <row r="342"/>
+        <v>240</v>
+      </c>
+      <c r="B340" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="341"/>
+    <row r="342">
+      <c r="A342" t="s">
+        <v>57</v>
+      </c>
+    </row>
     <row r="343">
       <c r="A343" t="s">
-        <v>57</v>
-[...6 lines deleted...]
-      <c r="B344" t="s">
+        <v>245</v>
+      </c>
+      <c r="B343" t="s">
         <v>59</v>
       </c>
-      <c r="C344">
+      <c r="C343">
         <v>6202</v>
       </c>
     </row>
-    <row r="345"/>
+    <row r="344"/>
+    <row r="345">
+      <c r="A345" t="s">
+        <v>246</v>
+      </c>
+    </row>
     <row r="346">
       <c r="A346" t="s">
-        <v>248</v>
-[...6 lines deleted...]
-      <c r="B347" t="s">
+        <v>247</v>
+      </c>
+      <c r="B346" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>