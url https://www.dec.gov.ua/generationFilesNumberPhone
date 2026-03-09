--- v1 (2026-01-05)
+++ v2 (2026-03-09)
@@ -8,794 +8,779 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="SimpleXLSXGen"/>
   <sheets>
     <sheet name="Sheet1" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="248">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="243">
   <si>
     <t>Агенція методологічної та науково-практичної роботи</t>
   </si>
   <si>
     <t>Гудзенко Олександр Павлович</t>
   </si>
   <si>
-    <t>Начальник агенції</t>
+    <t>М'ягка Марина Євгенівна</t>
   </si>
   <si>
     <t>Адміністрація</t>
   </si>
   <si>
-    <t>Бабенко Михайло Миколайович</t>
+    <t>Адаманов Едем Бекірович</t>
   </si>
   <si>
     <t>Директор</t>
   </si>
   <si>
     <t>044-202-17-00</t>
   </si>
   <si>
     <t>Гусева Ганна Володимирівна</t>
   </si>
   <si>
     <t>Заступник директора з правових питань</t>
   </si>
   <si>
     <t>Ішкова Євгенія Василівна</t>
   </si>
   <si>
-    <t>Заступник директора з питань реєстрації та фармаконагляду</t>
+    <t>Заступник директора з питань оцінки медичних технологій та клінічних досліджень</t>
   </si>
   <si>
     <t>Приймальня директора</t>
   </si>
   <si>
     <t>044-202-17-00 внутрішній (0000)</t>
   </si>
   <si>
     <t>Пасічник Михайло Францович</t>
   </si>
   <si>
     <t>Заступник директора</t>
   </si>
   <si>
     <t>Семенченко Олена Іванівна</t>
   </si>
   <si>
-    <t>Заступник директора з питань реєстрації та аудиту</t>
+    <t>Заступник директора з питань реєстрації, фармаконагляду та аудиту</t>
   </si>
   <si>
     <t>Бухгалтерія</t>
   </si>
   <si>
     <t>Гринь Світлана Володимирівна</t>
   </si>
   <si>
-    <t>Головний бухгалтер</t>
-[...1 lines deleted...]
-  <si>
     <t>Дрягіна Олена Анатоліївна</t>
   </si>
   <si>
-    <t>Заступник головного бухгалтера</t>
-[...1 lines deleted...]
-  <si>
     <t>Відділ обліку витрат та обігу необоротних активів і товарно-матеріальних цінностей</t>
   </si>
   <si>
     <t>Карачик Вікторія Вікторівна</t>
   </si>
   <si>
-    <t>Начальник відділу</t>
-[...1 lines deleted...]
-  <si>
     <t>Відділ обліку доходів та роботи із замовниками</t>
   </si>
   <si>
     <t>Таценко Лариса Степанівна</t>
   </si>
   <si>
     <t>Відділ оплати праці та розрахунково-касового обслуговування</t>
   </si>
   <si>
-    <t>Рибитва Мальвіна Михайлівна</t>
+    <t>Солод Ольга Миколаївна</t>
+  </si>
+  <si>
+    <t>Відділ закупівель</t>
+  </si>
+  <si>
+    <t>Кондратюк Олена Сергіївна</t>
+  </si>
+  <si>
+    <t>Відділ преcслужби та зв'язків з громадськістю</t>
+  </si>
+  <si>
+    <t>Гончаренко Світлана Володимирівна</t>
+  </si>
+  <si>
+    <t>Департамент аудиту та післяреєстраційних експертиз</t>
+  </si>
+  <si>
+    <t>Оглобліна Мирослава Володимирівна</t>
+  </si>
+  <si>
+    <t>Распутняк Сергій Сергійович</t>
+  </si>
+  <si>
+    <t>Відділ аудиту системи фармаконагляду заявників</t>
+  </si>
+  <si>
+    <t>Обребська Алла Володимирівна</t>
+  </si>
+  <si>
+    <t>Глущенко Оксана Валеріївна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи матеріалів з якості, що подаються на внесення змін</t>
+  </si>
+  <si>
+    <t>Марусенко Наталя Анатоліївна</t>
+  </si>
+  <si>
+    <t>Відділ клінічного аудиту клінічних досліджень</t>
+  </si>
+  <si>
+    <t>Лавренчук Валентина Олександрівна</t>
+  </si>
+  <si>
+    <t>Відділ координації роботи консультативно-експертних груп</t>
+  </si>
+  <si>
+    <t>Ковтонюк Анна Володимирівна</t>
+  </si>
+  <si>
+    <t>Сектор аудиту доклінічних досліджень</t>
+  </si>
+  <si>
+    <t>Козлов Михайло Іванович</t>
+  </si>
+  <si>
+    <t>Департамент безпеки та архівних справ</t>
+  </si>
+  <si>
+    <t>Лазор Василь Михайлович</t>
+  </si>
+  <si>
+    <t>Архівний відділ</t>
+  </si>
+  <si>
+    <t>Семків Марина Юріївна</t>
+  </si>
+  <si>
+    <t>Відділ безпеки</t>
+  </si>
+  <si>
+    <t>Самковий Олександр Іванович</t>
+  </si>
+  <si>
+    <t>Відділ вартування</t>
+  </si>
+  <si>
+    <t>Департамент експертизи матеріалів доклінічних та клінічних випробувань</t>
+  </si>
+  <si>
+    <t>Герасимчук Таїса Володимирівна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи якості матеріалів для клінічних випробувань</t>
+  </si>
+  <si>
+    <t>Комар Лілія Олександрівна</t>
+  </si>
+  <si>
+    <t>Відділ координації роботи локальних етичних комісій та моніторингу побічних реакцій</t>
+  </si>
+  <si>
+    <t>Шеметилло Юрій Олександрович</t>
+  </si>
+  <si>
+    <t>Андреєва Дар'я Петрівна</t>
+  </si>
+  <si>
+    <t>Відділ попередньої експертизи матеріалів доклінічних та клінічних випробувань</t>
+  </si>
+  <si>
+    <t>Федорчук Тетяна Андріївна</t>
+  </si>
+  <si>
+    <t>Димарецька Тетяна Сергіївна</t>
+  </si>
+  <si>
+    <t>Відділ спеціалізованої експертизи матеріалів клінічних випробувань</t>
+  </si>
+  <si>
+    <t>Смоляр Ольга Григорівна</t>
+  </si>
+  <si>
+    <t>Слєпов Юрій Вікторович</t>
+  </si>
+  <si>
+    <t>Організаційний сектор</t>
+  </si>
+  <si>
+    <t>Кондратюк Микола Леонідович</t>
+  </si>
+  <si>
+    <t>Сектор експертизи матеріалів доклінічних досліджень</t>
+  </si>
+  <si>
+    <t>Тур Олена Петрівна</t>
+  </si>
+  <si>
+    <t>Департамент експертизи реєстраційних матеріалів</t>
+  </si>
+  <si>
+    <t>Решетняк Ірина Сергіївна</t>
+  </si>
+  <si>
+    <t>Відділ організації діяльності</t>
+  </si>
+  <si>
+    <t>Дяченко Світлана Вікторівна</t>
+  </si>
+  <si>
+    <t>Управління експертизи матеріалів про медичне застосування лікарських засобів та номенклатури</t>
+  </si>
+  <si>
+    <t>Черненко Вікторія Валентинівна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи матеріалів про медичне застосування генеричних лікарських засобів</t>
+  </si>
+  <si>
+    <t>Шумна Ірина Миколаївна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи матеріалів про медичне застосування лікарських засобів за повним досьє</t>
+  </si>
+  <si>
+    <t>Возняк Ірина Миколаївна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи матеріалів про медичне застосування препаратів крові та вакцин</t>
+  </si>
+  <si>
+    <t>Нестерова Оксана Володимирівна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи матеріалів про медичне застосування традиційних та інших лікарських засобів</t>
+  </si>
+  <si>
+    <t>Терешкович Юлія Володимирівна</t>
+  </si>
+  <si>
+    <t>Управління експертизи реєстраційних матеріалів</t>
+  </si>
+  <si>
+    <t>Шатиркіна Тетяна Володимирівна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи генеричних лікарських засобів</t>
+  </si>
+  <si>
+    <t>Кардаш Марина Володимирівна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи лікарських засобів за повним досьє</t>
+  </si>
+  <si>
+    <t>Льошина Вікторія Вікторівна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи препаратів крові та вакцин</t>
+  </si>
+  <si>
+    <t>Сахнюк Оксана Миколаївна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи традиційних та інших лікарських засобів</t>
+  </si>
+  <si>
+    <t>Бакун Богдан Володимирович</t>
+  </si>
+  <si>
+    <t>Департамент кадрового, документального та організаційного забезпечення</t>
+  </si>
+  <si>
+    <t>Рептух Світлана Юріївна</t>
+  </si>
+  <si>
+    <t>Відділ діловодства</t>
+  </si>
+  <si>
+    <t>Бєлоконь Людмила Олександрівна</t>
+  </si>
+  <si>
+    <t>Сова Леся Богданівна</t>
+  </si>
+  <si>
+    <t>Відділ кадрів</t>
+  </si>
+  <si>
+    <t>Кашпур Любов Петрівна</t>
+  </si>
+  <si>
+    <t>Дяченко Сергій Сергійович</t>
+  </si>
+  <si>
+    <t>Сектор по роботі з персоналом</t>
+  </si>
+  <si>
+    <t>Шидловська Вікторія Олександрівна</t>
+  </si>
+  <si>
+    <t>Департамент координації експертних матеріалів</t>
+  </si>
+  <si>
+    <t>Сікало Ірина Вікторівна</t>
+  </si>
+  <si>
+    <t>Відділ підготовки переліків до наказів МОЗ</t>
+  </si>
+  <si>
+    <t>Кунцевич Олена Іванівна</t>
+  </si>
+  <si>
+    <t>Відділ підготовки реєстраційних матеріалів</t>
+  </si>
+  <si>
+    <t>Курсакова Галина Григоріївна</t>
+  </si>
+  <si>
+    <t>Організаційний відділ (Єдине вікно)</t>
+  </si>
+  <si>
+    <t>Кулинич Вікторія Вікторівна</t>
+  </si>
+  <si>
+    <t>Управління зовнішніх комунікацій</t>
+  </si>
+  <si>
+    <t>Базікало Анна Миколаївна</t>
+  </si>
+  <si>
+    <t>Відділ координації комунікацій</t>
+  </si>
+  <si>
+    <t>Волошенко Ірина Володимирівна</t>
+  </si>
+  <si>
+    <t>Відділ логістики</t>
+  </si>
+  <si>
+    <t>Томілець Олександр Васильович</t>
+  </si>
+  <si>
+    <t>Департамент оцінки медичних технологій</t>
+  </si>
+  <si>
+    <t>Піняжко Ореста Богданівна</t>
+  </si>
+  <si>
+    <t>Малишевська Юлія Євгеніївна</t>
+  </si>
+  <si>
+    <t>Відділ науково-аналітичної діяльності</t>
+  </si>
+  <si>
+    <t>Ковальчук Тетяна Сергіївна</t>
+  </si>
+  <si>
+    <t>Відділ ціноутворення на лікарські засоби</t>
+  </si>
+  <si>
+    <t>Мороз Тетяна Анатоліївна</t>
+  </si>
+  <si>
+    <t>Смаль Лідія Михайлівна</t>
+  </si>
+  <si>
+    <t>Управління оцінки медичних технологій</t>
+  </si>
+  <si>
+    <t>Відділ організаційного забезпечення та координації експертних процедур</t>
+  </si>
+  <si>
+    <t>Бойша Оксана Ігорівна</t>
+  </si>
+  <si>
+    <t>Відділ оцінки економічної доцільності медичних технологій</t>
+  </si>
+  <si>
+    <t>Середюк Валерія Вікторівна</t>
+  </si>
+  <si>
+    <t>Хмельовська Маргарита Олександрівна</t>
+  </si>
+  <si>
+    <t>Відділ оцінки клінічної ефективності та безпеки медичних технологій</t>
+  </si>
+  <si>
+    <t>Романенко Ірина Миколаївна</t>
+  </si>
+  <si>
+    <t>Мусієнко Ірина Володимирівна</t>
+  </si>
+  <si>
+    <t>Департамент оцінки якості, біодоступності та еквівалентності</t>
+  </si>
+  <si>
+    <t>Жукова Надія Олександрівна</t>
+  </si>
+  <si>
+    <t>Відділ оцінки еквівалентності in vitro</t>
+  </si>
+  <si>
+    <t>Відділ оцінки матеріалів біодоступності</t>
+  </si>
+  <si>
+    <t>Нагорняк Оксана Олександрівна</t>
+  </si>
+  <si>
+    <t>Відділ оцінки матеріалів біоеквівалентності</t>
+  </si>
+  <si>
+    <t>Кіка Оксана Петрівна</t>
+  </si>
+  <si>
+    <t>Відділ оцінки матеріалів з якості</t>
+  </si>
+  <si>
+    <t>Семенюк Олег Володимирович</t>
+  </si>
+  <si>
+    <t>Відділ оцінки протоколів фармакокінетичних досліджень</t>
+  </si>
+  <si>
+    <t>Мішура Анастасія Михайлівна</t>
+  </si>
+  <si>
+    <t>Мухіна Кароліна Олександрівна</t>
+  </si>
+  <si>
+    <t>Департамент стандартів у сфері охорони здоров'я</t>
+  </si>
+  <si>
+    <t>Косяченко Костянтин Леонідович</t>
+  </si>
+  <si>
+    <t>Відділ лікарського формуляру та аналізу впровадження медичних технологій</t>
+  </si>
+  <si>
+    <t>Двоєглазова Марина Валеріївна</t>
+  </si>
+  <si>
+    <t>Відділ цифровізації та організаційного забезпечення</t>
+  </si>
+  <si>
+    <t>Управління стандартизації медичної та реабілітаційної допомоги</t>
+  </si>
+  <si>
+    <t>Гуленко Оксана Іванівна</t>
+  </si>
+  <si>
+    <t>Відділ стандартизації медичної та фармацевтичної допомоги</t>
+  </si>
+  <si>
+    <t>Шилкіна Олена Олександрівна</t>
+  </si>
+  <si>
+    <t>Відділ стандартизації реабілітаційної допомоги</t>
+  </si>
+  <si>
+    <t>Сороченко Наталія Олександрівна</t>
+  </si>
+  <si>
+    <t>Департамент фармаконагляду</t>
+  </si>
+  <si>
+    <t>Башкатова Тетяна Іванівна</t>
+  </si>
+  <si>
+    <t>Відділ моніторингу здійснення фармаконагляду</t>
+  </si>
+  <si>
+    <t>Євко Ольга Іванівна</t>
+  </si>
+  <si>
+    <t>Відділ моніторингу і менеджменту інформації з безпеки та оцінки періодично оновлюваних звітів з безпеки</t>
+  </si>
+  <si>
+    <t>Льоринець Марина Юріївна</t>
+  </si>
+  <si>
+    <t>Хоромська Олена Леонідівна</t>
+  </si>
+  <si>
+    <t>Відділ моніторингу несприятливих явищ після застосування лікарських засобів</t>
+  </si>
+  <si>
+    <t>Відділ організації діяльності та ведення баз даних</t>
+  </si>
+  <si>
+    <t>Понятовська Наталія Петрівна</t>
+  </si>
+  <si>
+    <t>Управління експертизи матеріалів з безпеки лікарських засобів</t>
+  </si>
+  <si>
+    <t>Скорик Євгенія Володимирівна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи матеріалів генеричних лікарських засобів</t>
+  </si>
+  <si>
+    <t>Купрій Крістіна Олександрівна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи матеріалів лікарських засобів за повним досьє, препаратів крові та вакцин</t>
+  </si>
+  <si>
+    <t>Штифурак Марія Михайлівна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи матеріалів традиційних та інших лікарських засобів</t>
+  </si>
+  <si>
+    <t>Друк Галина Володимирівна</t>
+  </si>
+  <si>
+    <t>Департамент фармацевтичної діяльності</t>
+  </si>
+  <si>
+    <t>Чижук Тетяна Вікторівна</t>
+  </si>
+  <si>
+    <t>Відділ експертизи матеріалів з якості препаратів крові та вакцин</t>
+  </si>
+  <si>
+    <t>Відділ експертизи матеріалів з якості, що подаються на перереєстрацію</t>
+  </si>
+  <si>
+    <t>Коденко Анна Петрівна</t>
+  </si>
+  <si>
+    <t>Сахарова Олександра Сергіївна</t>
+  </si>
+  <si>
+    <t>Відділ оцінки речовин</t>
+  </si>
+  <si>
+    <t>Прядка Світлана Михайлівна</t>
+  </si>
+  <si>
+    <t>Департамент фінансово-економічної та адміністративно-господарської роботи</t>
+  </si>
+  <si>
+    <t>Ковтун Світлана Василівна</t>
+  </si>
+  <si>
+    <t>Адміністративно-господарське управління</t>
+  </si>
+  <si>
+    <t>Коваль Віктор Миколайович</t>
+  </si>
+  <si>
+    <t>Відділ автотранспортного забезпечення</t>
+  </si>
+  <si>
+    <t>Волошенко Юрій Михайлович</t>
+  </si>
+  <si>
+    <t>Відділ матеріально-технічного забезпечення</t>
+  </si>
+  <si>
+    <t>Діденко Олена Олександрівна</t>
+  </si>
+  <si>
+    <t>Управління фінансово-економічної роботи</t>
+  </si>
+  <si>
+    <t>Лісніченко Андрій Миколайович</t>
+  </si>
+  <si>
+    <t>Відділ економіки</t>
+  </si>
+  <si>
+    <t>Шевченко Юрій Георгійович</t>
+  </si>
+  <si>
+    <t>Відділ фінансового планування, аналізу та звітності</t>
+  </si>
+  <si>
+    <t>Андрощук Людмила Степанівна</t>
+  </si>
+  <si>
+    <t>Лабораторія фармацевтичного аналізу</t>
+  </si>
+  <si>
+    <t>Бурмака Олександр Васильович</t>
+  </si>
+  <si>
+    <t>Макушенко Олександр Сергійович</t>
+  </si>
+  <si>
+    <t>Віварій</t>
+  </si>
+  <si>
+    <t>Відділ вірусологічних та імунобіологічних досліджень</t>
+  </si>
+  <si>
+    <t>Ведмеденко Валентина Володимирівна</t>
+  </si>
+  <si>
+    <t>Відділ забезпечення якості</t>
+  </si>
+  <si>
+    <t>Щербіна Тетяна Іванівна</t>
+  </si>
+  <si>
+    <t>Тарасова Світлана Олександрівна</t>
+  </si>
+  <si>
+    <t>Відділ мікробіологічних методів та активності антибіотиків</t>
+  </si>
+  <si>
+    <t>Хижняк Оксана Анатоліївна</t>
+  </si>
+  <si>
+    <t>Відділ фізико-хімічних методів</t>
+  </si>
+  <si>
+    <t>Юрчишина Валентина Аркадіївна</t>
+  </si>
+  <si>
+    <t>Відділ хімічних методів</t>
+  </si>
+  <si>
+    <t>Захарчук Тетяна Володимирівна</t>
+  </si>
+  <si>
+    <t>Самойленко Людмила Григорівна</t>
+  </si>
+  <si>
+    <t>Організаційний відділ</t>
+  </si>
+  <si>
+    <t>Севастьянова Юлія Вікторівна</t>
+  </si>
+  <si>
+    <t>Сектор з питань запобігання та виявлення корупції</t>
+  </si>
+  <si>
+    <t>Усікова Наталія Павлівна</t>
+  </si>
+  <si>
+    <t>Управління адміністрування державних реєстрів та аналітичної роботи</t>
+  </si>
+  <si>
+    <t>Баранько Ольга Валеріївна</t>
   </si>
   <si>
     <t>Відділ адміністрування державних реєстрів</t>
   </si>
   <si>
-    <t>Баранько Ольга Валеріївна</t>
-[...530 lines deleted...]
-    <t>Управління забезпечення якості та євроінтерації</t>
+    <t>Козак Валентина Анатоліївна</t>
+  </si>
+  <si>
+    <t>Відділ аналітичної роботи</t>
+  </si>
+  <si>
+    <t>Шевчук Юлія Іванівна</t>
+  </si>
+  <si>
+    <t>Управління інформаційних технологій</t>
+  </si>
+  <si>
+    <t>Клєб Артем Олександрович</t>
+  </si>
+  <si>
+    <t>Відділ підтримки програмного забезпечення</t>
+  </si>
+  <si>
+    <t>Анісімов Володимир Вікторович</t>
+  </si>
+  <si>
+    <t>Відділ розробки та впровадження цифрових систем</t>
+  </si>
+  <si>
+    <t>Космінський Роман Віталійович</t>
+  </si>
+  <si>
+    <t>Відділ технічної підтримки та інформаційної безпеки</t>
+  </si>
+  <si>
+    <t>Управління міжнародної співпраці, євроінтеграції та забезпечення якості</t>
   </si>
   <si>
     <t>Садовнича Ольга Олегівна</t>
   </si>
   <si>
-    <t>Відділ євроінтеграції</t>
-[...1 lines deleted...]
-  <si>
     <t>Орленко Тетяна Анатоліївна</t>
   </si>
   <si>
-    <t>Управління інформаційних технологій</t>
-[...50 lines deleted...]
-    <t>Шидловська Вікторія Олександрівна</t>
+    <t>Відділ міжнародної співпраці та євроінтеграції</t>
   </si>
   <si>
     <t>Управління правового забезпечення</t>
   </si>
   <si>
     <t>Зінченко Сергій Володимирович</t>
   </si>
   <si>
     <t>Відділ договірної роботи</t>
   </si>
   <si>
     <t>Федоренко Олександр Анатолійович</t>
   </si>
   <si>
     <t>Відділ нормативно-правової роботи</t>
   </si>
   <si>
     <t>Солод Андрій Григорович</t>
   </si>
   <si>
     <t>Відділ правової оцінки реєстраційних матеріалів</t>
   </si>
   <si>
     <t>Гирман Володимир Миколайович</t>
   </si>
   <si>
     <t>Відділ претензійно-позовної роботи</t>
   </si>
   <si>
     <t>Гончаров Олександр Олександрович</t>
-  </si>
-[...25 lines deleted...]
-    <t>Двоєглазова Марина Валеріївна</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <name val="Calibri"/>
       <family val="2"/>
       <b/>
     </font>
   </fonts>
   <fills count="1">
     <fill>
       <patternFill patternType="none"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
@@ -813,1953 +798,1404 @@
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="10" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="14" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="20" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="22" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/>
 <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:C346"/>
+  <dimension ref="A1:C356"/>
   <cols>
     <col min="1" max="1" width="60"/>
-    <col min="2" max="2" width="58"/>
+    <col min="2" max="2" width="60"/>
     <col min="3" max="3" width="32"/>
   </cols>
   <sheetData>
     <row r="1"/>
     <row r="2">
       <c r="A2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>1</v>
       </c>
-      <c r="B3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="4"/>
-[...4 lines deleted...]
-    </row>
+    <row r="5"/>
     <row r="6">
       <c r="A6" t="s">
-        <v>4</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="C7" t="s" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="B8" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="C8" t="s" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>11</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>9</v>
+      </c>
+      <c r="B9" t="s">
+        <v>10</v>
+      </c>
+      <c r="C9" t="s" s="7">
+        <v>6</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>6</v>
+        <v>11</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B11" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C11" t="s" s="7">
         <v>6</v>
       </c>
     </row>
-    <row r="12"/>
-[...4 lines deleted...]
-    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12" t="s">
+        <v>16</v>
+      </c>
+      <c r="C12" t="s" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="13"/>
     <row r="14">
       <c r="A14" t="s">
-        <v>18</v>
-[...5 lines deleted...]
-        <v>9000</v>
+        <v>17</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>20</v>
-[...13 lines deleted...]
-    </row>
+        <v>18</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="17"/>
     <row r="18">
       <c r="A18" t="s">
-        <v>23</v>
-[...13 lines deleted...]
-    </row>
+        <v>20</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="20"/>
     <row r="21">
       <c r="A21" t="s">
-        <v>26</v>
-[...13 lines deleted...]
-    </row>
+        <v>22</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="23"/>
     <row r="24">
       <c r="A24" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="B24" t="s">
         <v>24</v>
       </c>
-      <c r="C24">
-[...8 lines deleted...]
-    </row>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="26"/>
     <row r="27">
       <c r="A27" t="s">
-        <v>30</v>
-[...13 lines deleted...]
-    </row>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="29"/>
     <row r="30">
       <c r="A30" t="s">
-        <v>32</v>
-[...13 lines deleted...]
-    </row>
+        <v>28</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="32"/>
     <row r="33">
       <c r="A33" t="s">
-        <v>34</v>
-[...8 lines deleted...]
-    <row r="34"/>
+        <v>30</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>31</v>
+      </c>
+    </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>35</v>
-[...13 lines deleted...]
-    <row r="37"/>
+        <v>32</v>
+      </c>
+    </row>
+    <row r="36"/>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>33</v>
+      </c>
+    </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-        <v>1422</v>
+        <v>35</v>
       </c>
     </row>
     <row r="40"/>
     <row r="41">
       <c r="A41" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-        <v>1433</v>
+        <v>37</v>
       </c>
     </row>
     <row r="43"/>
     <row r="44">
       <c r="A44" t="s">
-        <v>43</v>
-[...7 lines deleted...]
-    </row>
+        <v>38</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="46"/>
     <row r="47">
       <c r="A47" t="s">
-        <v>45</v>
-[...13 lines deleted...]
-    </row>
+        <v>40</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="49"/>
     <row r="50">
       <c r="A50" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="B50" t="s">
         <v>42</v>
       </c>
-      <c r="C50">
-[...8 lines deleted...]
-    </row>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="52"/>
     <row r="53">
       <c r="A53" t="s">
-        <v>49</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>44</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>51</v>
-[...5 lines deleted...]
-        <v>4401</v>
+        <v>45</v>
       </c>
     </row>
     <row r="55"/>
     <row r="56">
       <c r="A56" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>53</v>
-[...16 lines deleted...]
-    <row r="59"/>
+        <v>47</v>
+      </c>
+    </row>
+    <row r="58"/>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>48</v>
+      </c>
+    </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>55</v>
-[...15 lines deleted...]
-    </row>
+        <v>49</v>
+      </c>
+    </row>
+    <row r="61"/>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="63"/>
     <row r="64">
       <c r="A64" t="s">
-        <v>58</v>
-[...13 lines deleted...]
-    </row>
+        <v>51</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="66"/>
     <row r="67">
       <c r="A67" t="s">
-        <v>61</v>
-[...11 lines deleted...]
-    <row r="70"/>
+        <v>53</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="69"/>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>55</v>
+      </c>
+    </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>63</v>
+        <v>56</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>64</v>
-[...5 lines deleted...]
-        <v>2201</v>
+        <v>57</v>
       </c>
     </row>
     <row r="73"/>
     <row r="74">
       <c r="A74" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>66</v>
-[...13 lines deleted...]
-    </row>
+        <v>59</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="77"/>
     <row r="78">
       <c r="A78" t="s">
-        <v>69</v>
-[...8 lines deleted...]
-    <row r="79"/>
+        <v>61</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>62</v>
+      </c>
+    </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>70</v>
-[...13 lines deleted...]
-    <row r="82"/>
+        <v>63</v>
+      </c>
+    </row>
+    <row r="81"/>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>64</v>
+      </c>
+    </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>57</v>
-[...10 lines deleted...]
-    <row r="85"/>
+        <v>65</v>
+      </c>
+    </row>
+    <row r="84"/>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>66</v>
+      </c>
+    </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>73</v>
-[...13 lines deleted...]
-    <row r="88"/>
+        <v>67</v>
+      </c>
+    </row>
+    <row r="87"/>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>68</v>
+      </c>
+    </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>75</v>
-[...13 lines deleted...]
-    <row r="91"/>
+        <v>69</v>
+      </c>
+    </row>
+    <row r="90"/>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>70</v>
+      </c>
+    </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>78</v>
-[...13 lines deleted...]
-    <row r="94"/>
+        <v>71</v>
+      </c>
+    </row>
+    <row r="93"/>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>72</v>
+      </c>
+    </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>80</v>
-[...13 lines deleted...]
-    <row r="97"/>
+        <v>73</v>
+      </c>
+    </row>
+    <row r="96"/>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>74</v>
+      </c>
+    </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>82</v>
-[...13 lines deleted...]
-    <row r="100"/>
+        <v>75</v>
+      </c>
+    </row>
+    <row r="99"/>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>76</v>
+      </c>
+    </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>84</v>
-[...13 lines deleted...]
-    <row r="103"/>
+        <v>77</v>
+      </c>
+    </row>
+    <row r="102"/>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>78</v>
+      </c>
+    </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>86</v>
-[...13 lines deleted...]
-    <row r="106"/>
+        <v>79</v>
+      </c>
+    </row>
+    <row r="105"/>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>80</v>
+      </c>
+    </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>88</v>
-[...10 lines deleted...]
-    <row r="109"/>
+        <v>81</v>
+      </c>
+    </row>
+    <row r="108"/>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>82</v>
+      </c>
+    </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>90</v>
-[...13 lines deleted...]
-    <row r="112"/>
+        <v>83</v>
+      </c>
+    </row>
+    <row r="111"/>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>84</v>
+      </c>
+    </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>92</v>
-[...13 lines deleted...]
-    <row r="115"/>
+        <v>85</v>
+      </c>
+    </row>
+    <row r="114"/>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>86</v>
+      </c>
+    </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>94</v>
-[...13 lines deleted...]
-    <row r="118"/>
+        <v>87</v>
+      </c>
+    </row>
+    <row r="117"/>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>88</v>
+      </c>
+    </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>96</v>
-[...10 lines deleted...]
-    <row r="121"/>
+        <v>89</v>
+      </c>
+    </row>
+    <row r="120"/>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>90</v>
+      </c>
+    </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>98</v>
-[...12 lines deleted...]
-    </row>
+        <v>91</v>
+      </c>
+    </row>
+    <row r="123"/>
     <row r="124">
       <c r="A124" t="s">
-        <v>101</v>
-[...13 lines deleted...]
-    </row>
+        <v>92</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="126"/>
     <row r="127">
       <c r="A127" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>6213</v>
+        <v>94</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>104</v>
-[...11 lines deleted...]
-    <row r="131"/>
+        <v>95</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="130"/>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>97</v>
+      </c>
+    </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>107</v>
-[...10 lines deleted...]
-    <row r="134"/>
+        <v>98</v>
+      </c>
+    </row>
+    <row r="133"/>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>70</v>
+      </c>
+    </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>109</v>
-[...12 lines deleted...]
-    </row>
+        <v>99</v>
+      </c>
+    </row>
+    <row r="136"/>
     <row r="137">
       <c r="A137" t="s">
-        <v>111</v>
-[...10 lines deleted...]
-    </row>
+        <v>100</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="139"/>
     <row r="140">
       <c r="A140" t="s">
-        <v>114</v>
-[...2 lines deleted...]
-        <v>50</v>
+        <v>102</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>115</v>
-[...5 lines deleted...]
-        <v>6101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="142"/>
     <row r="143">
       <c r="A143" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>117</v>
-[...5 lines deleted...]
-        <v>7000</v>
+        <v>105</v>
       </c>
     </row>
     <row r="145"/>
     <row r="146">
       <c r="A146" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>119</v>
-[...5 lines deleted...]
-        <v>7221</v>
+        <v>107</v>
       </c>
     </row>
     <row r="148"/>
     <row r="149">
       <c r="A149" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>121</v>
-[...19 lines deleted...]
-    <row r="152"/>
+        <v>109</v>
+      </c>
+    </row>
+    <row r="151"/>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>110</v>
+      </c>
+    </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>123</v>
-[...10 lines deleted...]
-    <row r="155"/>
+        <v>111</v>
+      </c>
+    </row>
+    <row r="154"/>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>112</v>
+      </c>
+    </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>125</v>
-[...13 lines deleted...]
-    <row r="158"/>
+        <v>113</v>
+      </c>
+    </row>
+    <row r="157"/>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>114</v>
+      </c>
+    </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="160"/>
     <row r="161">
       <c r="A161" t="s">
-        <v>127</v>
+        <v>116</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>128</v>
-[...13 lines deleted...]
-    </row>
+        <v>117</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="164"/>
     <row r="165">
       <c r="A165" t="s">
-        <v>130</v>
-[...13 lines deleted...]
-    </row>
+        <v>119</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="167"/>
     <row r="168">
       <c r="A168" t="s">
-        <v>132</v>
-[...8 lines deleted...]
-    <row r="169"/>
+        <v>121</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>122</v>
+      </c>
+    </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>133</v>
-[...18 lines deleted...]
-    </row>
+        <v>123</v>
+      </c>
+    </row>
+    <row r="171"/>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="173"/>
     <row r="174">
       <c r="A174" t="s">
-        <v>136</v>
-[...13 lines deleted...]
-    </row>
+        <v>125</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="176"/>
     <row r="177">
       <c r="A177" t="s">
-        <v>138</v>
-[...5 lines deleted...]
-    <row r="178"/>
+        <v>127</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>128</v>
+      </c>
+    </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>139</v>
-[...13 lines deleted...]
-    <row r="181"/>
+        <v>129</v>
+      </c>
+    </row>
+    <row r="180"/>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>130</v>
+      </c>
+    </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>141</v>
+        <v>131</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>3101</v>
+        <v>132</v>
       </c>
     </row>
     <row r="184"/>
     <row r="185">
       <c r="A185" t="s">
-        <v>57</v>
+        <v>133</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>143</v>
-[...5 lines deleted...]
-        <v>3401</v>
+        <v>134</v>
       </c>
     </row>
     <row r="187"/>
     <row r="188">
       <c r="A188" t="s">
-        <v>144</v>
-[...13 lines deleted...]
-    <row r="190"/>
+        <v>135</v>
+      </c>
+    </row>
+    <row r="189"/>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>136</v>
+      </c>
+    </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>146</v>
-[...13 lines deleted...]
-    <row r="193"/>
+        <v>137</v>
+      </c>
+    </row>
+    <row r="192"/>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>138</v>
+      </c>
+    </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>148</v>
-[...13 lines deleted...]
-    <row r="196"/>
+        <v>139</v>
+      </c>
+    </row>
+    <row r="195"/>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>140</v>
+      </c>
+    </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>150</v>
-[...13 lines deleted...]
-    <row r="199"/>
+        <v>141</v>
+      </c>
+    </row>
+    <row r="198"/>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>142</v>
+      </c>
+    </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>152</v>
-[...13 lines deleted...]
-    <row r="202"/>
+        <v>143</v>
+      </c>
+    </row>
+    <row r="201"/>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>64</v>
+      </c>
+    </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>154</v>
-[...13 lines deleted...]
-    <row r="205"/>
+        <v>144</v>
+      </c>
+    </row>
+    <row r="204"/>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>145</v>
+      </c>
+    </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>156</v>
-[...13 lines deleted...]
-    <row r="208"/>
+        <v>146</v>
+      </c>
+    </row>
+    <row r="207"/>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>147</v>
+      </c>
+    </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
     </row>
     <row r="210"/>
     <row r="211">
       <c r="A211" t="s">
-        <v>159</v>
-[...10 lines deleted...]
-    <row r="213"/>
+        <v>149</v>
+      </c>
+    </row>
+    <row r="212"/>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>150</v>
+      </c>
+    </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>162</v>
-[...13 lines deleted...]
-    <row r="216"/>
+        <v>151</v>
+      </c>
+    </row>
+    <row r="215"/>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>152</v>
+      </c>
+    </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>164</v>
+        <v>153</v>
       </c>
     </row>
     <row r="218"/>
     <row r="219">
       <c r="A219" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>166</v>
-[...5 lines deleted...]
-        <v>2211</v>
+        <v>155</v>
       </c>
     </row>
     <row r="221"/>
     <row r="222">
       <c r="A222" t="s">
-        <v>167</v>
+        <v>156</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>157</v>
       </c>
     </row>
     <row r="224"/>
     <row r="225">
       <c r="A225" t="s">
-        <v>169</v>
+        <v>158</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>170</v>
-[...13 lines deleted...]
-    <row r="228"/>
+        <v>159</v>
+      </c>
+    </row>
+    <row r="227"/>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>160</v>
+      </c>
+    </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>174</v>
+        <v>161</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>175</v>
-[...5 lines deleted...]
-        <v>2311</v>
+        <v>162</v>
       </c>
     </row>
     <row r="231"/>
     <row r="232">
       <c r="A232" t="s">
-        <v>150</v>
-[...10 lines deleted...]
-    <row r="234"/>
+        <v>163</v>
+      </c>
+    </row>
+    <row r="233"/>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>164</v>
+      </c>
+    </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>177</v>
-[...13 lines deleted...]
-    <row r="237"/>
+        <v>165</v>
+      </c>
+    </row>
+    <row r="236"/>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>166</v>
+      </c>
+    </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>179</v>
-[...13 lines deleted...]
-    <row r="240"/>
+        <v>167</v>
+      </c>
+    </row>
+    <row r="239"/>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>168</v>
+      </c>
+    </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>181</v>
-[...13 lines deleted...]
-    <row r="243"/>
+        <v>169</v>
+      </c>
+    </row>
+    <row r="242"/>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>170</v>
+      </c>
+    </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>183</v>
-[...10 lines deleted...]
-    <row r="246"/>
+        <v>171</v>
+      </c>
+    </row>
+    <row r="245"/>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>172</v>
+      </c>
+    </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>185</v>
-[...13 lines deleted...]
-    <row r="249"/>
+        <v>173</v>
+      </c>
+    </row>
+    <row r="248"/>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>174</v>
+      </c>
+    </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>187</v>
-[...19 lines deleted...]
-    <row r="254"/>
+        <v>175</v>
+      </c>
+    </row>
+    <row r="251"/>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="253"/>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>177</v>
+      </c>
+    </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>190</v>
-[...10 lines deleted...]
-    <row r="257"/>
+        <v>178</v>
+      </c>
+    </row>
+    <row r="256"/>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>70</v>
+      </c>
+    </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>192</v>
-[...12 lines deleted...]
-    </row>
+        <v>179</v>
+      </c>
+    </row>
+    <row r="259"/>
     <row r="260">
       <c r="A260" t="s">
-        <v>15</v>
-[...14 lines deleted...]
-    <row r="263"/>
+        <v>180</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="262"/>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>182</v>
+      </c>
+    </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>196</v>
-[...13 lines deleted...]
-    <row r="266"/>
+        <v>183</v>
+      </c>
+    </row>
+    <row r="265"/>
+    <row r="266">
+      <c r="A266" t="s">
+        <v>184</v>
+      </c>
+    </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>198</v>
-[...10 lines deleted...]
-    <row r="269"/>
+        <v>185</v>
+      </c>
+    </row>
+    <row r="268"/>
+    <row r="269">
+      <c r="A269" t="s">
+        <v>186</v>
+      </c>
+    </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>200</v>
-[...13 lines deleted...]
-    <row r="272"/>
+        <v>187</v>
+      </c>
+    </row>
+    <row r="271"/>
+    <row r="272">
+      <c r="A272" t="s">
+        <v>188</v>
+      </c>
+    </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>202</v>
-[...13 lines deleted...]
-    <row r="275"/>
+        <v>189</v>
+      </c>
+    </row>
+    <row r="274"/>
+    <row r="275">
+      <c r="A275" t="s">
+        <v>190</v>
+      </c>
+    </row>
     <row r="276">
       <c r="A276" t="s">
-        <v>131</v>
-[...10 lines deleted...]
-    <row r="278"/>
+        <v>191</v>
+      </c>
+    </row>
+    <row r="277"/>
+    <row r="278">
+      <c r="A278" t="s">
+        <v>192</v>
+      </c>
+    </row>
     <row r="279">
       <c r="A279" t="s">
-        <v>205</v>
-[...10 lines deleted...]
-    <row r="281"/>
+        <v>193</v>
+      </c>
+    </row>
+    <row r="280"/>
+    <row r="281">
+      <c r="A281" t="s">
+        <v>194</v>
+      </c>
+    </row>
     <row r="282">
       <c r="A282" t="s">
-        <v>207</v>
-[...13 lines deleted...]
-    <row r="284"/>
+        <v>195</v>
+      </c>
+    </row>
+    <row r="283"/>
+    <row r="284">
+      <c r="A284" t="s">
+        <v>196</v>
+      </c>
+    </row>
     <row r="285">
       <c r="A285" t="s">
-        <v>209</v>
-[...7 lines deleted...]
-    </row>
+        <v>197</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="287"/>
     <row r="288">
       <c r="A288" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>199</v>
       </c>
     </row>
     <row r="289"/>
     <row r="290">
       <c r="A290" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>77</v>
+        <v>201</v>
       </c>
     </row>
     <row r="292"/>
     <row r="293">
       <c r="A293" t="s">
-        <v>213</v>
+        <v>202</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
-        <v>214</v>
-[...5 lines deleted...]
-        <v>1411</v>
+        <v>203</v>
       </c>
     </row>
     <row r="295"/>
     <row r="296">
       <c r="A296" t="s">
-        <v>215</v>
-[...7 lines deleted...]
-    </row>
+        <v>188</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="298"/>
     <row r="299">
       <c r="A299" t="s">
-        <v>217</v>
-[...13 lines deleted...]
-    </row>
+        <v>205</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="301"/>
     <row r="302">
       <c r="A302" t="s">
-        <v>219</v>
-[...13 lines deleted...]
-    </row>
+        <v>207</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="304"/>
     <row r="305">
       <c r="A305" t="s">
-        <v>221</v>
-[...5 lines deleted...]
-        <v>1322</v>
+        <v>209</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
-        <v>222</v>
-[...13 lines deleted...]
-    </row>
+        <v>210</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="308"/>
     <row r="309">
       <c r="A309" t="s">
-        <v>224</v>
-[...13 lines deleted...]
-    </row>
+        <v>212</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="311"/>
     <row r="312">
       <c r="A312" t="s">
-        <v>226</v>
-[...13 lines deleted...]
-    </row>
+        <v>214</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="314"/>
     <row r="315">
       <c r="A315" t="s">
-        <v>228</v>
-[...10 lines deleted...]
-    </row>
+        <v>216</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="317"/>
     <row r="318">
       <c r="A318" t="s">
-        <v>230</v>
-[...13 lines deleted...]
-    </row>
+        <v>218</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="320"/>
     <row r="321">
       <c r="A321" t="s">
-        <v>232</v>
-[...13 lines deleted...]
-    </row>
+        <v>220</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="323"/>
     <row r="324">
       <c r="A324" t="s">
-        <v>234</v>
-[...13 lines deleted...]
-    </row>
+        <v>222</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="326"/>
     <row r="327">
       <c r="A327" t="s">
-        <v>236</v>
-[...13 lines deleted...]
-    </row>
+        <v>224</v>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="329"/>
     <row r="330">
       <c r="A330" t="s">
-        <v>238</v>
-[...10 lines deleted...]
-    </row>
+        <v>226</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="332"/>
     <row r="333">
       <c r="A333" t="s">
-        <v>240</v>
-[...18 lines deleted...]
-    </row>
+        <v>228</v>
+      </c>
+    </row>
+    <row r="334"/>
     <row r="335">
       <c r="A335" t="s">
-        <v>242</v>
-[...11 lines deleted...]
-    <row r="338"/>
+        <v>229</v>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="337"/>
+    <row r="338">
+      <c r="A338" t="s">
+        <v>202</v>
+      </c>
+    </row>
     <row r="339">
       <c r="A339" t="s">
-        <v>244</v>
-[...15 lines deleted...]
-    </row>
+        <v>231</v>
+      </c>
+    </row>
+    <row r="340"/>
+    <row r="341">
+      <c r="A341" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="342"/>
     <row r="343">
       <c r="A343" t="s">
-        <v>245</v>
-[...13 lines deleted...]
-    </row>
+        <v>233</v>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="345"/>
     <row r="346">
       <c r="A346" t="s">
-        <v>247</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>235</v>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="348"/>
+    <row r="349">
+      <c r="A349" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="351"/>
+    <row r="352">
+      <c r="A352" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="354"/>
+    <row r="355">
+      <c r="A355" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" t="s">
+        <v>242</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <TotalTime></TotalTime>
   <Application>SimpleXLSXGen</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:language>en-US</dc:language>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>